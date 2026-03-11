--- v0 (2026-01-09)
+++ v1 (2026-03-11)
@@ -1,69 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4819960d4a344034" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe28bdf4d65c48469da9963c37a4f3ad.psmdcp" Id="R093f47bc61724855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00b0c211a47d4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f3b6d5075c8d4a2d9e307137d30b638f.psmdcp" Id="R7124e044729d4cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>
     <x:t>Question</x:t>
   </x:si>
   <x:si>
     <x:t>Clarrifications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-2.014-Q004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04.02.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Във връзка с обявената процедура BG05SFPR002-2.014 „Подкрепа за деца и семейства по подхода ИТИ“ бихме желали да отправим следното запитване:
+В т. 21 от Условията за кандидатстване е посочено, че крайният срок за подаване на проектни предложения е 31.12.2027 г. Същевременно, в т. 16 „Минимален и максимален срок за изпълнение на проекта“ е указано, че дейностите по проекта следва да приключат в срок до 24 месеца от стартиране на изпълнението, но не по-късно от 31.12.2027 г.
+С оглед на горното, моля да уточните кой е крайният допустим срок за изпълнение на проектите по процедурата.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уважаема госпожо/Уважаеми господине,
+Съгласно Условията за кандидатстване по процедура BG05SFPR002-2.014 „Подкрепа за деца и семейства по подхода ИТИ“, максимален срок за изпълнение на проекта е не по-късно от 31.12.2027 г.
+Отчитайки, че 31.12.2027 г. е и крайният срок за подаване на проектни предложения, УО на ПРЧР препоръчва да не чакате крайния срок за кандидатстване и да подготвите своевременно своето проектно предложение. Така бихте адресирали навреме нуждите на целевите групи чрез заложените мерки в КИТИ. Обръщаме внимание, че в момента се изпълняват мерките, заложени в концепциите за ИТИ от първия етап, предстои и втори.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-2.014-Q003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уважаеми Госпожи и Господа,
+След премината оценка на Фаза 2 от КИТИ, Община Казанлък е определена за отговорен партньор при подаване на проектно предложение (ПП) по настоящата процедура. За нейн партньор е определено СНЦ "Бъдеще за децата", гр. Казанлък. В тази връзка, при подаване на проектното предложение възможно ли е СНЦ "Бъдеще за децата" да подаде ПП по процедурата като отговорен партньор и бенефициент, а Община Казанлък да бъде в ролята на партньор по проекта или Община Казанлък да подаде ПП, в което обаче СНЦ "Бъдеще за децата" да бъде с право на бюджет. Не се предвижда изменение в определените за изпълнение дейности и индикатори и промяната на водещия партньор или правото на СНЦ на бюджет също не би наложило такава.
+С уважение,
+Община Казанлък</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уважаема госпожо/Уважаеми господине,
+Съгласно Условията за кандидатстване по процедура BG05SFPR002-2.014 „Подкрепа за деца и семейства по подхода ИТИ“, конкретните бенефициенти са посочени като такива в Критериите за избор на операция „ИНТЕГРИРАНИ ТЕРИТОРИАЛНИ ИНВЕСТИЦИИ“, одобрени от Комитета за наблюдение на програмата на 26.11.2024 г. като конкретни бенефициенти за съответната дейност. Допустими са САМО конкретни бенефициенти/партньори, посочени като такива в „Списък на допустимите конкретни бенефициенти и партньори“, което е част от документите за информация към настоящата процедура. Като видове правни субекти, кандидатите и партньорите попадат в някоя от изброените категории:
+Кандидати:
+• Общини.
+Партньори:
+• Неправителствени организации. 
+При планиране на Вашето проектно предложение следва да се съобразите с публикуваните документи за кандидатстване и изисквания по процедурата.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-2.014-Q002</x:t>
   </x:si>
   <x:si>
     <x:t>28.08.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Уважаеми Дами и Господа,
 Какъв е допустимия процент от бюджета, който може да бъде разходван за мерки за публичност и управление на проекта?</x:t>
   </x:si>
   <x:si>
     <x:t>Уважаема госпожо/Уважаеми господине,
 Разходите за организация и управление на проекта и разходите за видимост, прозрачност и комуникация са непреки разходи, които са част от единната ставка в размер на 40 % от допустимите преките разходи по проекта. Не се прилага конкретно процентно ограничение в рамките на тази ставка за отделни категории непреки разходи, включително за мерки за публичност и управление на проекта.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-2.014-Q001</x:t>
   </x:si>
   <x:si>
     <x:t>08.07.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Уважаеми госпожи и господа,
 Във връзка с възникнал казус, свързан с изискването за минимална помощ, посочено в указанията за кандидатстване, Община Казанлък има намерение да подготви проектно предложение по настоящата процедура, като предвижда при евентуалното му одобрение дейностите по проекта да стартират в периода март–април 2026 г. В тази връзка бихме желали да получим насоки относно най-подходящия момент за подаване на проектното предложение – през настоящата календарна година или в началото на 2026 г.</x:t>
   </x:si>
@@ -457,101 +495,129 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D3"/>
+  <x:dimension ref="A1:D5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.410625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="13.180625000000001" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="70.710625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s">
         <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:4">
+      <x:c r="A4" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B4" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C4" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D4" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:4">
+      <x:c r="A5" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>