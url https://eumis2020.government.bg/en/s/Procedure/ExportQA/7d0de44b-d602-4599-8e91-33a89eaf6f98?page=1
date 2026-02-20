--- v0 (2025-12-16)
+++ v1 (2026-02-20)
@@ -1,69 +1,141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06db416bdef24350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83f4549b5591468db735a1c237571f5f.psmdcp" Id="Rf04613eb02184dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb34f431eb7fd486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b0ea0c50be89441888ad6c7761a55a1d.psmdcp" Id="R13651fc5d0fa42b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>
     <x:t>Question</x:t>
   </x:si>
   <x:si>
     <x:t>Clarrifications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.009-Q007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уважаеми Дами и Господа,
+Във връзка с отворена процедура чрез директно предоставяне на финансова помощ на конкретни крайни получатели BG05SFPR001-3.009 „Подкрепа за Центровете за високи постижения в ПОО“, моля за Вашите разяснение по отношение на следните въпроси:
+1. Допустимо ли е по процедурата да се закупуват/подновяват лицензи за закупените софтуери по процедура BG-RRP-1.014?
+2. Допустимо ли е закупуването на абонаментни планове за обучения на учители без квалификационни кредити
+С уважиение,</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 5 до 29.12.2025 г. (отговор на въпрос 7). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.009-Q006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Въпроси във връзка с изпълнение на дейности по проект:
+BG05SFPR001-3.009 - Подкрепа за Центровете за високи постижения в ПОО
+1.	С кои партньори от Югозападен регион можем да сключим договори за съвместна дейност по професионални направления в сила от 2026/2027 учебна година: „Електротехника и енергетика“, „Търговия на едро и дребно“ (професия: Икономическа информатика“)?
+2.	Моля да ни предоставите списък с бенефициенти по проекта за Югозападен регион?
+3.	Моля да ни предоставите списък с центровете за високи постижения към следните направления: „Електротехника и енергетика“, „Търговия на едро и дребно“ в страните от ЕС във връзка с Дейност 5 и възможността за международен обмен на добри практики.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 4 до 17.12.2025 г. (отговор на въпрос 6). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.009-Q005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.12.2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Здравейте,
+Във връзка с отворена процедура чрез директно предоставяне на финансова помощ на конкретни крайни получатели BG05SFPR001-3.009 „Подкрепа за Центровете за високи постижения в ПОО“, моля за Вашите разяснение по отношение на следния въпрос:
+За Дейност 5. „Подкрепа за международно сътрудничество и обмен с други съществуващи ЦВП в ПОО и техните мрежи на европейско ниво“ в Условията за кандидатстване е записано следното: „В рамките на Дейност 5 конкретните бенефициенти следва да разработят Стратегически план за международни дейности, тясно свързани с развитието на ЦВП в ПОО и качеството на практиките за преподаване и обучение.“ 
+Моля да ни разясните Стратегическият план към кой момент следва да бъде разработен и представен: към момента на кандидатстване по процедурата или по време на изпълнението на дейността след сключването на договора за финансиране? 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 3 до 11.12.2025 г. (отговор на въпрос 5). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.009-Q004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Във връзка с подготовка на документация за кандидатстване по процедура BG05SFPR001-3.009 - Подкрепа за Центровете за високи постижения в ПОО , моля да разясните възможно ли е проектното ни предложение да не включва изпълнение на дейност  4 - Въвеждане на механизми за осигуряване на качеството и проследяване на завършилите в ЦВП в ПОО ученици</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 3 до 11.12.2025 г. (отговор на въпрос 4). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.009-Q003</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Здравейте,
+Във връзка с отворена процедура чрез директно предоставяне на финансова помощ на конкретни крайни получатели BG05SFPR001-3.009 „Подкрепа за Центровете за високи постижения в ПОО“, моля за Вашите разяснения по отношение на следните въпроси:
+За Дейност 1. „Разработване на училищни учебни планове и програми, съответстващи на актуалните и перспективни потребности на пазара на труда и методическа подкрепа“, относно разработването и актуализирането на училищни учебни планове и програми за професионална подготовка, в съответствие с местните/регионални потребности на икономиката,  може ли да се разбира, че се отнася за действащи към момента училищни учебни планове? Относно разработването и актуализирането на учебните програми, допустимо ли е да са по Разширена професионална подготовка и Допълнителна професионална подготовка?
+За Дейност 5. „Подкрепа за международно сътрудничество и обмен с други съществуващи ЦВП в ПОО и техните мрежи на европейско ниво“, работните срещи и мобилността на преподавателите по професионална подготовка, задължително ли е да се осъществяват само с други ЦВП в ПОО от ЕС или е допустимо да се предвидят такива и с други Професионални гимназии и Висши учебни заведения от ЕС?
+Благодаря!
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 3 до 11.12.2025 г. (отговор на въпрос 3). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR001-3.009-Q002</x:t>
   </x:si>
   <x:si>
     <x:t>02.12.2025</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">
 Уважаеми госпожи и господа,
 Съгласно условията за кандидатстване по процедура чрез директно предоставяне на безвъзмездна финансова помощ BG05SFPR001-3.009 „Подкрепа за Центровете за високи постижения в ПОО“
 "т. 12. Допустими партньори: По настоящата процедура чрез директно предоставяне на безвъзмездна финансова помощ на конкретни бенефициенти – партньори са национално представителните организации на работодателите и на работниците и на служителите.11"
 В забележка 11 е посочено, че признатите организации на работниците и служителите и на работодателите са организирани съгласно чл. 34 и чл. 35 на Кодекса на труда и признати съгласно чл. 36 от Кодекса на труда.
 Съгласно Чл. 36, ал. 8 от Кодекса на труда
 (8) За представителни се признават и всички поделения на организация, призната за представителна на национално равнище.
 Въпрос: На основание чл. 36, ал. 8 от КТ допустим партньор ли е по настоящата процедура Регионална палата, която е част от структурата на Българска-търговско-промишлена палата – призната за представителна на национално равнище?
 </x:t>
   </x:si>
   <x:si>
     <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 2 до 07.12.2025 г. (отговор на въпрос 2). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://opnoir.bg в секция „Процедури/Въпроси и отговори“ и в ИСУН – https://eumis2020.government.bg.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR001-3.009-Q001</x:t>
   </x:si>
   <x:si>
@@ -466,101 +538,171 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D3"/>
+  <x:dimension ref="A1:D8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.410625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="13.180625000000001" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="70.710625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s">
         <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:4">
+      <x:c r="A4" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B4" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C4" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D4" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:4">
+      <x:c r="A5" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B5" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C5" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="D5" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D7" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D8" s="3" t="s">
+        <x:v>29</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>