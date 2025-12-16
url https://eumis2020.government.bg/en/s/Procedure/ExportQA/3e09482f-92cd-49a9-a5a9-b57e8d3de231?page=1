--- v0 (2025-12-14)
+++ v1 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368178106e13468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a7b86674030471e8431de55f1d536c3.psmdcp" Id="R1785982dd8214935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6557e43e03044d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8304b2e4adbe4919bd4a6af2a5ca8b8a.psmdcp" Id="R027c4d774f014fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>