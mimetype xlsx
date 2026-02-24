--- v1 (2025-12-16)
+++ v2 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6557e43e03044d07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8304b2e4adbe4919bd4a6af2a5ca8b8a.psmdcp" Id="R027c4d774f014fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1fedc7e58434c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9912f1a3714b474fb552e4e522356c7a.psmdcp" Id="R8c767582fc504837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>