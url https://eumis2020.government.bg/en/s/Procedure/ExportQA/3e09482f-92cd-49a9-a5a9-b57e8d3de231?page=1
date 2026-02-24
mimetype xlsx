--- v2 (2026-02-24)
+++ v3 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1fedc7e58434c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9912f1a3714b474fb552e4e522356c7a.psmdcp" Id="R8c767582fc504837" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59620410e9c2419b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6ee8b1ea77d415694c55428fe39fb66.psmdcp" Id="Rba64fe5e80a74984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>