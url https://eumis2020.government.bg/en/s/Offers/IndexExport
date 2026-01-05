--- v0 (2025-12-05)
+++ v1 (2026-01-05)
@@ -1,1338 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89684484f544581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbeecbc8b8504e17a79dd2cfc1060895.psmdcp" Id="R0139d7bc7f734c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5301859eac8a4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac25dd8530274eeca1db100cfd4dcdd4.psmdcp" Id="Rd23f7ca983a24d2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="378">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на ДМА за нуждите на „Геолъв“ ООД</x:t>
-[...8 lines deleted...]
-    <x:t xml:space="preserve">„Доставка и монтаж на производствена линия за производство на дамски спортни сака“	
+    <x:t>Изпълнение на строително-монтажни работи по изграждане на „Къща на децата“ като общностен център за ранно детско развитие и Национален център за обучение застъпничество по правата на децата</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сдружение "Национална мрежа за децата"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16FFPR003-1.001-0052-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ДМА ПО 4  ОБОСОБЕНИ ПОЗИЦИИ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АКВА Билд Системс ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2806-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на система за леко укрепване на изкопи за служителите на Вемат ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕМАТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1354-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Инвестиции в енергоспестяващи мерки, водещи до енергийна ефективност на сградния фонд на "Хан Крум" АД, както следва:
+ОП 1 Енергоспестяващи строителни дейности, включващи:
+- топлинно изолиране на външните стени;
+- топлинно изолиране нa покрив;
+- подмяна на дограма;
+- подмяна на осветителни тела;
+- реконструкция на отоплителна инсталация.
+ОП 2 Енергоспестяващи мерки чрез изграждане на ФВц за собствено потребление с мощност 30 kWp.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЛЕВАНТЕС ЕООД</x:t>
-[...41 lines deleted...]
-    <x:t xml:space="preserve">ДОСТАВКА НА ФУРГОН/КОНТЕЙНЕР
+    <x:t>ХАН КРУМ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0096-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Широкоформатен скенер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Химера ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1602-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на дълготрайни материални активи, необходими за внедряването на иновационна "Система за приготвяне и доставка на суши в ресторант"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖАНАМ ВЕЛИНГРАД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0659-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ДЪЛГОТРАЙНИ МАТЕРИАЛНИ АКТИВИ ЗА ПОДОБРЯВАНЕ НА ПРОИЗВОДСТВЕНИЯ КАПАЦИТЕТ НА МАСТЕРС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАСТЕРС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0085-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на машини и оборудване за подобряване на производствения капацитет на предприятието НН ЕЛЕКТРОНИК ЕООД по обособени позиции.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>МЛ-КОНСУЛТ-2009 ЕООД</x:t>
-[...145 lines deleted...]
-Обособена позиция 2 - “Система за прецизно дигитално земеделие” 1 брой
+    <x:t>НН ЕЛЕКТРОНИК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0963-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Създаване на иновативен уред "Комплексна система за измерване параметрите на водата" с обособени позиции: 
+5.1. Подготовка и анализ на необходимите хардуерни и софтуерни компоненти, хардуерен и софтуерен дизайн за изработка на прототип на „Комплексна система за измерване параметри на водата“ ще бъде възложено на външен изпълнител.
+Обособена позиция 1:
+1) Подготовка и анализ на необходимите хардуерни компоненти и дизайн за изработка на прототип - 1 бр.
+Обособена позиция 2:
+2)Подготовка и анализ на необходимите софтуерни компоненти и дизайн за изработка на прототип -1 бр.
+5.2. Създаване на хардуерен прототип от външен изпълнител на база на подаденото задание и изготвяне на интерфейс на софтуерното решение.
+Обособена позиция 3:
+3) Създаване на хардуерен прототип - 1бр.
+Обособена позиция 4:
+4) Създаване на софтуерния продукт - 1бр.
+                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЛОТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0457-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на фургон, подходящ за хранене, преобличане, кратък отдих и подслон при неблагоприятни метеорологични условия за служителите на „ЕКСПРЕС СЕКЮРИТИ СОД“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ЕКСПРЕС СЕКЮРИТИ СОД" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2244-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Доставка, монтаж и въвеждане в експлоатация на ДМА и ДНА по обособени позиции“:
+Обособена позиция 1: Хардуерна клъстърна система - 1бр.
+Обособена позиция 2: Генератор на продуктови предложения - 1бр.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>БАМ Корпорейшън ЕООД</x:t>
-[...5 lines deleted...]
-    <x:t xml:space="preserve">„Доставка на : Синтеровъчна пещ за цирконий; - 1 бр. ; Машина за аспирация - 1 бр.; 5 пет Осна Фрез Машина За Сухо Рязане - 1 бр. 3D скенер за лице - 1бр.; Безмаслен Компресор - 1 бр.“, 
+    <x:t>СТИЛСОФТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0455-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Провеждане на специфично обучение на тема „Устойчиво опаковане на натурална козметика “</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ХРИСТИНА - ХРИСТИНА ГАНДЖУЛОВА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0057-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Предоставяне на услуги по провеждане на специфични обучения на служители на Технически компоненти България ЕООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">
+ТЕХНИЧЕСКИ КОМПОНЕНТИ БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0026-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на преместваеми битови фургони</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАЛЕНТИН ПЕТРОВ 2004 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0658-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител в 6 (шест) обособени позиции по проект - Модернизация на производствения капацитет и устойчив растеж на архитектурно бюро чрез иновативно оборудване и технологии в Южен Централен район чрез придобиване на ДМА - специализирани компютърни системи, принтер и фотографски комплект по договор № BG16RFPR001-1.004-2768-C01 по процедура BG16RFPR001-1.004 – „Подкрепа за семейните предприятия, предприятията от творческите индустрии и занаятите.“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФУНКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2768-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Провеждане на специфично обучение на служителите на „ХРИСТИНА КОНСУЛТ-555“ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ХРИСТИНА КОНСУЛТ-555" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0152-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Осигуряване на колективни предпазни средства, свързани с подобряване условията на труд и Осигуряване на социални придобивки за работниците" 
+Обoсобена позиция 1: Осигуряване на колективни предпазни средства, свързани с подобряване условията на труд - сплит система за отопление, вентилация и климатизация (ОВК)
+Обособена позиция 2: Осигуряване на колективни предпазни средства, свързани с подобряване условията на труд: Сплит климатик – 2 бр.
+Обособена позиция 3: Осигуряване на социални придобивки за работниците: Сплит климатик – 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИСИС МЕДИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2178-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на оборудване и спцеиализирани софтуерни продукти в областа на архитектурата , с обособени позиции:
+1.Доставка на черна техника
+2.Доставка на софтуерни продукти за моделиране и дизайн в аритектурата
+3.Доставка за обработване и корекция на визуализация в архитектурата
 </x:t>
   </x:si>
   <x:si>
-    <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ПЪРВИЧНА МЕДИЦИНСКА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА - НАЙДЕНОВ ДЕНТАЛ ЕООД</x:t>
-[...1043 lines deleted...]
-    <x:t>BG-RRP-4.021-0034-C01</x:t>
+    <x:t>БЕЛ АРХ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0804-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на специализирани машини за подобряване на производствения капацитет на ЕТ ВАСИЛЕВ ДИЗАЙН-ВАЛЕНТИН ВАСИЛЕВ с две обособени позиции: 
+ОП1: Доставка на Многошпинделна пробивна машина
+ОП2: Доставка на Автоматична кантираща машина с предфрезоване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ВАСИЛЕВ ДИЗАЙН - ВАЛЕНТИН ВАСИЛЕВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2537-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-2.001-0007-C02</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -1699,2285 +637,432 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E131"/>
+  <x:dimension ref="A1:E22"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>45996</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>45988</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>45996</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>45989</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>45996</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>45988</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5" s="2">
         <x:v>45996</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45989</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>45996</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>45989</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>45996</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>45989</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>45989</x:v>
+        <x:v>46012</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>45988</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>45989</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>45989</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>45989</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>45989</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>45989</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>45989</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>45989</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>45996</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>45996</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>45989</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>45996</x:v>
+        <x:v>46172</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45989</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>45996</x:v>
+        <x:v>46317</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45989</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>64</x:v>
-[...15 lines deleted...]
-      <x:c r="E23" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1834 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>