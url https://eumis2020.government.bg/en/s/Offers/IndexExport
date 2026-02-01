--- v1 (2026-01-05)
+++ v2 (2026-02-01)
@@ -1,285 +1,1048 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5301859eac8a4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac25dd8530274eeca1db100cfd4dcdd4.psmdcp" Id="Rd23f7ca983a24d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf571ecef20b4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59874ea5f7dc4a8798a2fc26b0809c70.psmdcp" Id="R22cf289e1c994e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t>Изпълнение на строително-монтажни работи по изграждане на „Къща на децата“ като общностен център за ранно детско развитие и Национален център за обучение застъпничество по правата на децата</x:t>
-[...33 lines deleted...]
-ОП 2 Енергоспестяващи мерки чрез изграждане на ФВц за собствено потребление с мощност 30 kWp.
+    <x:t>Доставка на зъботехническа апаратура с три обособени позиции: Обособена позиция 1: Режеща машина Обособена позиция 2: Пещ за синтероване Обособена позиция 3: 3D принтер в комплект с пещ за полимеризация и уред за измиване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ДЕНТАЛЕН ЦЕНТЪР - Д-Р ДИНКОВА" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1308-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и въвеждане в експлоатация на следното ДМА за нуждите на "МЕДИА СЪРВИСИЗ" ЕООД:  - "Мултиплексор" - 1бр.; "Устройство за видео архив с вграден софтуер за управление на нелинейно видео съдържание" - 1бр. и "Устройство за мониторинг и управление на система за приемане и управляемо разпространение на видео съдържание" - 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕДИА СЪРВИСИЗ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1923-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изработка и внедряване на софтуерна платформа и мобилно приложение за управление на системата за събиране на отпадъци на „Сорико“ ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СОРИКО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0529-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Специализиран софтуер за подобряване на капацитета за предоставяне на туристически услуги-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАЛЕО ТРАВЪЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1238-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 1 брой газокар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТОСИТА АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0994-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка монтаж и въвеждане в експлоатация на ДМА - Автоматизирана линия за производство на правоъгълни въздуховоди</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПОЛЮС - ТМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1321-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА със следните обособени позиции:
+Обособена позиция 1: Доставка на пълноцветни LED дисплеи - 2 бр.;
+Обособена позиция 2: Доставка на компютърно оборудване.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛАЙТМЕДИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1421-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на Комбиниран багер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЕТОНИТИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1300-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Доставка и монтаж на техническо и мебелно оборудване за подобряване на производствения капацитет на НЕРИУМ ООД“ със седем обособени позиции: 
+ОП1: Доставка и монтаж на маси и столове тип - "градински"
+ОП2: Доставка и монтаж на маси и столове (за вътрешна употреба)
+ОП3: Доставка и монтаж на работни маси
+ОП4: Доставка и монтаж на мебели
+ОП5: Доставка и монтаж на кухненско оборудване и техника
+ОП6: Доставка и монтаж на бойлер
+ОП7: Доставка и монтаж на професионална пречиствателна и омекотителна система за вода
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ХАН КРУМ АД</x:t>
-[...32 lines deleted...]
-    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на машини и оборудване за подобряване на производствения капацитет на предприятието НН ЕЛЕКТРОНИК ЕООД по обособени позиции.
+    <x:t>НЕРИУМ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2079-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на дълготрайни материални активи с обслужваща производството функция - автоклав, автоматичен дестилатор за вода с резервоар, ламинарен бокс и ротационен вакуум изпарител.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНОВА БМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0625-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Компютърни системи във връзка с изпълнение на договор № BG16RFPR001-1.004-1744-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Монблан Дизайн ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1744-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на техника за аудио-визуална продукция и постпродукция</x:t>
+  </x:si>
+  <x:si>
+    <x:t>А Плюс Продакшънс ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1586-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване и доставка на производствено оборудване – процедура с пет обособени позиции:  
+ОП1. Доставка на система за водно рязане - 1 бр. 
+ОП2. Доставка на Четириосна CNC машина за рязане на стъкло - 1 бр. 
+ОП3. Доставка на Машина за рязане чрез пръстеновидни ленти с диамантено покритие - 1 бр. 
+ОП4. Доставка на Режещ плотер - 1 бр. 
+ОП5. Доставка на Лазер - 1 бр.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>НН ЕЛЕКТРОНИК ЕООД</x:t>
-[...6 lines deleted...]
-5.1. Подготовка и анализ на необходимите хардуерни и софтуерни компоненти, хардуерен и софтуерен дизайн за изработка на прототип на „Комплексна система за измерване параметри на водата“ ще бъде възложено на външен изпълнител.
+    <x:t>Арт Глас Студио Светлана ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1610-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка  високотехнологично оборудване и интрументи за фризьорски салон, което включва:
+Измивна колона 2 бр. 16 894 лв.
+Фризьорски стол с повдигащ амортисьор 2 бр. 7 084.01 лв.
+Фризьорска работна количка 2 бр. 1 408.01 лв.
+Работна маса с огледало1бр. 4 901 лв.
+Ножица с японска технология на заточване 1 бр. 1 079 лв.
+Преса за изправяне на коса 1бр. 624 лв.
+Сешоар-центрофуга 1бр. 688 лв.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОРА ТОДОРОВА 2007 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0374-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на сървърно оборудване и системи за съхранение, както следва:
+- GPU сървър за обучение на модели с изкуствен интелект - 1 бр.
+- GPU сървър за обработка на данни с модели с изкуствен интелект - 1 бр.
+- GPU сървър за развойна дейност и изпитване на модели с изкуствен интелект - 1 бр.
+- Система за съхранение на големи файлове с данни - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сенсика Текнолоджис АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0703-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на материали и консумативи за разработване на хидравличен хващач за роботизирани системи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СИСТЕМНО ИНТЕГРИРАНЕ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0353-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на специализирано оборудване и обзавеждане за ресторант</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИКОЛ 26 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0420-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване, необходимо за подобряване на производствения капацитет: Обособена позиция 1: Лаптоп - 2 бр. Таблет - 1 бр. Таблет - 1 бр. Мултифункционални писалки - 2 бр. Захранващ адаптер - 6 бр. Обособена позиция 2: Мобилен телефон - 2 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИЛИАРТ ГЛАС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1409-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на:
+Об. позиция 1.
+1.  Лаптоп 1-ви вид- 1 брой;
+2.  Лаптоп 2-ри вид- 4 броя;
+3.  Таблет 1-ви вид- 1 брой;
+4.  Таблет 2-ри вид- 1 брой.
+Об. позиция 2.
+1.  Мобилен телефон- 1 брой;
+2.  Смартфон- 2 броя.
+Об. позиция 3.
+1.  Лазерно мултифункционално устройство- 1 брой.
+Об. позиция 4.
+1.  Мрежов сторидж- 1 брой;
+2.  Хард диск- 5 броя;
+3.  UPS- 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УЕБ ДРИЙМС ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2381-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на Дизелов стенд за комън рейл инжектори - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕБО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0174-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на преместваем контейнер/фургон – 3 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕСТ ДЖИ ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0517-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и монтаж на линия за дигитален печат на кен и бутилка - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЛАНА ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0152-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на специализарана машина за рязане на метални  изделия – 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КЛИМАРК ИНЖЕНЕРИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1593-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Строително монтажни работи (СМР) за топлинно изолиране на сграда  с идентификатор 68850.505.77 по КККР на гр. Стара Загора</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮНИВЪРСЪЛ ИНВЕСТМЪНТ ПРОПЪРТИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0017-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на ДМА - Машина за рециклиране на бетон – 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на Компютърно оборудване : Мобилна работна станция - Лаптоп 3 бр., Плотер- 1 бр, Файлов Сървър-1, Безжични мишки -3 бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРХИС ПРОЕКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0191-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура 2 - Доставка на техника за звук и светлина и оборудване за интерактивност_в2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Смарт Хоум Сис ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1420-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Мобилна аспирационна система- 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛАДОТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0924-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Устойчиво енергийно обновяване на сгради в сферата на търговията и услугите</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АХАТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0290-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за подобряване на производствения капацитет на "Найс 2002" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НАЙС 2002 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0178-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на оборудване в 4 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛОТОС - Н ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1791-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и монтаж на преместваеми дървени беседки“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИКОНИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2081-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на машини и инструменти </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АУТО БРАДЪРС 09 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1383-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и пускане в експлоатация на ДМА в изпълнение на Дейност 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЕВЪР НОУ ПРОДЪКШЪНС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2436-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на специализирано високотехнологично дентално оборудване
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ГРУПОВА ПРАКТИКА ЗА ПЪРВИЧНА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА - ЕС ДЕНТ КК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2304-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталация на мобилен единичен контейнер (оборудван) – 12 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХЪС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2273-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване:
+Обособена позиция 1 – Доставка на ергономично и кухненско оборудване
+Обособена позиция 2 – Доставка на климатично оборудване
+Обособена позиция 3 - Доставка на преместваеми фургони</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЛНИ МАТЕРИАЛИ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0984-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ДМА с обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801010 ГРУП ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1182-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталация на мобилни контейнери в следните обособени позиции: Обособена позиция 1 – Мобилен модулен контейнер (оборудван) – 3 броя Обособена позиция 2 - Мобилен единичен контейнер (оборудван) – 3 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕХНОПЪТСТРОЙ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2348-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„ДОСТАВКА НА ИЗДЕЛИЯ ПО ТРИ ОБОСОБЕНИ ПОЗИЦИИ ВЪВ ВРЪЗКА С ИЗПЪЛНЕНИЕ НА ДОГОВОР BG05SFPR002-1.004-0752 ЗА ПРЕДОСТАВЯНЕ НА БЕЗВЪЗМЕЗДНА ФИНАНСОВА ПОМОЩ ПО ПРОГРАМА „РАЗВИТИЕ НА ЧОВЕШКИТЕ РЕСУРСИ“ 2021-2027 ПО ПРОЦЕДУРА  BG05SFPR002-1.004 „АДАПТИРАНА РАБОТНА СРЕДА“:
+Обособена позиция 1. - Доставка на пречиствател на въздух (8 бр.);
+Обособена позиция 2 - Доставка на бактерицидна лампа (10бр.);
+Обособена позиция 3 - Доставка на сензорни диспенсери за дезинфектант и сапун (120 бр.).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИВЕРСИТЕТСКА  СПЕЦИАЛИЗИРАНА БОЛНИЦА ЗА АКТИВНО ЛЕЧЕНИЕ ПО АКУШЕРСТВО И ГИНЕКОЛОГИЯ СЕЛЕНА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0752-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на високотехнологични диагностични апарати за стоматологична практика по обособени позиции
+ОП 1 - Рентгеново оборудване 3D апарат за панорамни, цефалографски и 3D изследвания
+ОП2 - Дентален микроскоп</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ОРТО–ДЕНТ–АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ПЪРВИЧНА ДЕНТАЛНА ПОМОЩ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2091-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на специализирана многофункционална оросяваща метачно-вакуумна машина за аспириране на прахови маси и събиране на отпадъци</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АБ - ГРУП ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0408-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на:
+1. Винтов компресор с вграден изсушител - 7 515,99 евро
+2. Диагностичен уред за работа с товарни автомобили - 10 607,27 евро
+3. Система за шлайфане с прахосмукачка - 2 броя - 2 732,34 евро
+4. Пневматичен гайковерт 3/4’’ - 480,61 евро
+5. Пневматичен гайковерт 1’’ - 910,10 евро
+6. Инструментална количка - 2 броя - 3 358,17 евро
+7. Камера за боядисване - 49 084,02 евро
+8. Заваръчен Апарат - 2 броя - 2 382,62 евро
+9. Пневматични инструменти за автомобилен сервиз - 403,92 евро (Пневматичен гайковерт - 1/2’’ - 189,18 евро и Мини Пневматичен гайковерт 1/2'' - 214,74 евро)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АВТО ЕЛИТ 2006 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2398-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка на ДМА по 2 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Мулти Енерджи Груп" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1568-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и монтаж на Машина за зачистване и кримпване с 2 бр.апликатори - 1 бр; Електрическа машина за кримпване на единични изолирани и не изолирани контакти с включени 2 комплекта накрайници - 1 бр.; Термотрансферен принтер за печат на маркировки за клеми, апаратура, проводници и кабели с устройство за рязане - 1 бр., разпределени в обособени позиции, както следва:
+Обособена позиция 1: Закупуване, доставка и монтаж на "Машина за зачистване и кримпване с 2 бр.апликатори"  - 1 бр
+Обособена позиция 2: Закупуване, доставка и монтаж на "Електрическа машина за кримпване на единични изолирани и не изолирани контакти с включени 2 комплекта накрайници" - 1 бр.
+Обособена позиция 3: Закупуване, доставка и монтаж на "Термотрансферен принтер за печат на маркировки за клеми, апаратура, проводници и кабели с устройство за рязане" - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Смарт Електрик Тех ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2484-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване, доставка, инсталация и тестове на специализиран софтуер за внедряване на продуктова иновация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЕМАНТИК ИНТЕРАКТИВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0713-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на 3D принтери:
+Обособена позиция1: 
+-Широкоформатен SLA 3D принтер - 1 бр. 
+-3D принтер -вариант 1- 1 брой
+-3D принтер -вариант 2- 1 брой
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЮ ПОЙНТ КОНСУЛТИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1492-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на градинарско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТОТАЛ ЕЛ СИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2746-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване и доставка на Лазерни проектори и LED сценично осветление с две обособени позиции: Лазерен проектор - 3бр и LED Осветително тяло Следач – 2бр и LED Осветително въртящо тяло - 20бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФЕСТ ПРОДАКШЪН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2029-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изпълнение на мерки за енергийна ефективност за сграда на компания „Бъдеще“ ЕООД с идентификатор 56784.541.112.11, находяща в УПИ VI – 3002, обществено-обслужваща, производствена и складова дейност, част от кв.2 по плана на ИИЗ – III част, гр.Пловдив /идентичен с ПИ с ИД 56784.541.112 по КК и КР на гр. Пловдив/, по процедура BG-RRP-4.021 „Подкрепа за енергийно обновяване на сгради в сферата на производството, търговията и услугите“, както следва: „Поставяне на слънцезащитни щори по фасада юг“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЪДЕЩЕ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0050-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ДМА - машини, съоръжения, оборудване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГРИЙН ФЮЧЪР ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0416-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на доставчик на офис оборудване по две обособени позиции: 
+Обособена позиция №1: Доставка на компютърно оборудване и периферия; 
+Обособена позиция №2: Доставка на копирна техника. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Харисън Консулт ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1826-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Придобиване на дълготрайни материални активи (ДМА)
+-Ламинатор за тесто 
+-Тестомесачка
+-Втасвател  
+-конвектомат голям 
+-Топла витрина 
+-Хладилен шкаф, нискотемпературен 
+-Хладилен шкаф, среднотемпературен 
+-пекарна  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГРИНА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1001-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на професионално оборудване за кухня</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЗОРТЕВ - МД - МИХАИЛ ЗОРТЕВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2721-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 3D лазерна система за мобилно заснемане на открити и обемни площи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАНТУБИМ БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0511-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на социални придобивки за работещите, вкл. ремонт и оборудване на места за отдих, рехабилитация, спорт, хранене и почивка в предприятията: Закупуване на Маса за хранене - 6 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕНИ ЛАЙТИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0169-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване в две обособени позиции:
+• Обособена позиция 1 - Екструдер за филамент за 3D принтер - 1 бр.
+• Обособена позиция 2 - Ферма за 3D принтиране - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДХР Инженеринг ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0428-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА по обособени позиции:
+ОП1:РЪЧНА ДОЗИРАЩА ПЪЛНАЧНА МАШИНА ЗА КРЕМООБРАЗНИ КОЗМЕТИЧНИ ПРОДУКТИ 1 бр,
+ОП2:ПОЛУАВТОМАТИЧНА ПНЕВМАТИЧНА ПЪЛНАЧНА МАШИНА С ОБЕМ НА ПЪЛНЕНЕ 50 до 500 мл - 1 бр.
+ОП3:МИКСЕР 1 бр. 
+ОП4:НАСТОЛНА МАШИНА ЗА ЦЕЛОФОНИРАНЕ НА КОЗМЕТИЧНИ ОПАКОВКИ 1 бр.
+ОП5:КОЛОИДНА МЕЛНИЦА 1 бр.
+ОП6:ВИНТОВА ТРАНСФЕРНА ПОМПА ЗА ТРАНСФЕР НА КОЗМЕТИЧНИ ПРОДУКТИ 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БРЕДИС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2222-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на дълготрайни нематериални активи /ДНА/, необходими за внедряването на полезен модел с рег. № 3207 U1 "Система за дистанционно диагностициране и провеждане на възстановителни програми в специализирани фитнес-медицински центрове" - „Придобиване на компютърно оборудване, сървър и система за видеоконферентна връзка“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЛЕТИК ФИТНЕС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0321-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Предоставяне на услуги по провеждане на специфични обучения на служители на Инкофудс ООД
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНКОФУДС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0024-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и монтаж на  Бояджийска камера 1 брой
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АУТО СТЕВ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0019-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Закупуване, доставка, монтаж и въвеждане в експлоатация на ДМА по обособени позиции, както следва:
 Обособена позиция 1:
-1) Подготовка и анализ на необходимите хардуерни компоненти и дизайн за изработка на прототип - 1 бр.
+1. Машина за пръскане за студен аерозол/мъгла/ и ULV пръскане – 1 брой;
 Обособена позиция 2:
-2)Подготовка и анализ на необходимите софтуерни компоненти и дизайн за изработка на прототип -1 бр.
-[...25 lines deleted...]
-Обособена позиция 2: Генератор на продуктови предложения - 1бр.
+2.Издухвател за мъгла и U.L.V. пулвелизатор – 1 брой."</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДДД - ИНСЕКТА КОНТРОЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2393-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Закупуване и доставка на ЛПС и специално работно облекло:
+1.	Полугащеризон за заварчици – 24 бр.
+2.	Куртка за заварчици – 24 бр.
+3.	Яке зимно, студозащитно – 18 бр.
+4.	Обувки работни с противохлъзгащо ходило и защитно бомбе – 19 бр. 
+5.	Заваръчен шлем – 12 бр.
+6.	Очила за шлосерски операции – 34 бр.
+7.	Ръкавици с подсилени длани и пръсти, противосрезни – 102 бр.
+8.	Антифони външни  – 18 бр.
+9.	Гамаши кожени – 24 бр.
+10.	 Ръкавици за заварчици кожени – 72 бр.
+11.	Ръкавели за заварчици – 72 бр.
+12.	Ръкавици нитрилови, маслокиселинно устойчиви – 12 бр.
+13.	Ръкавици нитрил или латекс за многократна употреба – 24 бр.
+14.	Прахозащитна полумаска с клапа – 114 бр.
+15.	Заваръчна маска с аспирация – 7 бр.
+16.	Заваръчна маска – 12 бр.“
 </x:t>
   </x:si>
   <x:si>
-    <x:t>СТИЛСОФТ ЕООД</x:t>
-[...66 lines deleted...]
-3.Доставка за обработване и корекция на визуализация в архитектурата
+    <x:t>"АМБИКС" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0941-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Извършване на изследвания, изпитвания, измервания, валидиране и проектиране, необходими за разработването на продуктова иновация "Комбинирана 5 осна машина с ЦПУ за 3D принтиране и фрезоване на метал"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕЗАРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0427-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Реализация дейност ИКТ услуги с две обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФЛУИД 62 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1032-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Пречиствател за въздух - 5 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на Машина за пълнене ,измиване и затваряне на бутилки за негазирани напитки в моноблок 3 в 1  - 1 бр и Машина за пълнене, измиване и затваряне на бутилки за газирани напитки в моноблок 3 в 1 - 1 бр 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>БЕЛ АРХ ЕООД</x:t>
-[...13 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2537-C01</x:t>
+    <x:t>СЖИ ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0946-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Избор на изпълнител с предмет "Доставка на технолигично оборудване в две обособени позиции:
+Обособена позиция 1 " "Доставка на технологично оборудване - "Машина за лазерно рязане с CNC" - прогнозна цена 56350 евро без ДДС
+Обособена позиция 2 "Доставка на технологично оборудване - копресор, изсушител, циклонен сепаратор и филтър към него" - прогнозна стойност 10371,28  евро без ДДС
+Обща стойност : 66 721.28 евро без ДДС 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОМ ДЕКОР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2328-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Извършване на научно изследване за изграждане и тестване на прототип за разработване на иновативна платформа (SIEM) за визуализиране на заплахите за киберсигурността в реално време</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОНСЕХО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0113-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Рекламни, маркетингови и други материали във връзка с дейности и събития за популяризация и комуникация-РП6“ за Търговско-промишлена палата – Враца</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СДРУЖЕНИЕ "АУТОМОТИВ КЛЪСТЕР БЪЛГАРИЯ" Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0010-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на дълготрайни активи, необходими за внедряване на система за генериране на универсален идентификационен ключ по проект BG16RFPR001-1.003-0666-C01, с включени обособени позиции: 1. Обособена позиция 1- Преносима работна станция - Лаптоп ; 2. Обособена позиция 2 - Стационарна работна станция - Настолен компютър; 3. Обособена позиция 3 - Сървър; 4. Обособена позиция 4 - Таблет.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНЕКС - ПРОЕКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0666-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване и инвентар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗАРА 63 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0647-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на техническо оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОРЕХЕРО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0415-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на мебели </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕНИ Дистрибуция ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0567-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Разработка на специализирана система за обучения, трейнинги и сертификация </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГРЕГОР ДЖАК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1298-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на иновативно Комплексно професионално кухненско оборудване от ново поколение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КРИСТИ СИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2695-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване по 13 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стенс Клима Дизайн ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1452-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Индустриална прахосмукачка- 2 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изработка, доставка и монтаж на хотелско обзавеждане</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛЕСО-ЕКСПОРТ-ИМПОРТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2501-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на апаратура за записно студио - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЧОКО ПРОДЪКШЪН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1526-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на ДМА за подобряване на производствения капацитет на фирма ДЖИ-СУИТ ЕООД: Триопорен електрокар - 1 бр.“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖИ-СУИТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0478-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура за доставка, инсталация и въвеждане в експлоатация на дълготрайни материални активи за проектантска дейност на Инжпроект ООД, по Обособена позиция 2 - „Доставка, инсталация и въвеждане в експлоатация на компютърна периферия - печатни машини за проектантска дейност.“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНЖПРОЕКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0964-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на техническо оборудване и специализиран софтуер, по обособени позиции: 
+Обособена позиция 1: Доставка на компютърно оборудване
+1.UPS - непрекъсваем ТЗИ - 1 бр.
+2. Лаптоп - 2 бр.
+3.Настолен компютър - 5 бр.
+4. Сървър - 1 бр.
+5. Монитор - 5 бр.
+Обособена позиция 2: Доставка на периферна печатна техника
+1.Копирна машина - 1 бр.
+2. Лазерен принтер - 5 бр.
+Обособена позиция 3: Доставка на програмен продукт за сървър - лиценз - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИЧЕВ-КОНСУЛТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2510-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и монтаж на професионално кухненско и ресторантско оборудване ” в две обособени позиции (ОП).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бонита 79 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0819-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на нови технологии за въвеждане на кръгови модели в  ПФБ Пресо Фондал-България ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПФБ ПРЕСО ФОНДАЛ-БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.008-0856-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА: ОП 1: Мини верижен багер - 1 бр. и ОП 2: Мотокар - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ПСИ ООД - ГРУП" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1356-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на контейнери</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ШУМЕНСКА КРЕПОСТ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0504-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на активи по две обособени позиции: Обособена позиция 1: Доставка, монтаж и пускане в експлоатация на автоматизирана хидравлична вулканизационна преса за производство на каучукови изделия - 1 бр. Обособена позиция 2: Доставка, монтаж и пускане в експлоатация на компактна CNC машина за водно рязане на гума – 1 бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПОЛИМЕРМЕТАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0024-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ЛЕД панели с контролер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"РАДИЧКОВИ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2015-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на ДМА-Лазерна система за рязане - 1 бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЙС ТМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1720-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на оборудване за безконтактна автомивка - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОКАР ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2011-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на Тръбоогъваща машина с хидравлично задвижване на огъването, сервозадвижване на подaването и NC управление – 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЕВЕЛ - М ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0701-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„ДОСТАВКА И ВЪВЕЖДАНЕ В ЕКСПЛОАТАЦИЯ НА ДНА ЗА ОБОРУДВАНЕ НА АРХИТЕКТУРЕН ОФИС - СОФТУЕР ЗА КРЕАТИВНИ ПРИЛОЖЕНИЯ И ОБЛАЧНО СЪХРАНЕНИЕ ( 1 БР.)“ 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕКОР ДИЗАЙН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0693-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и първоначална настройка на компютри, офис техника и конферентно оборудване за нуждите на проекта „Насърчаване на дигитализацията в Югозападна България (InnovationAmp)“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0002-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Изработка и доставка на рекламни материали за нуждите на проекта „Насърчаване на дигитализацията в Югозападна България (InnovationAmp) -  Сдружение Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект - бенефициент
+</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Технически Университет - София</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-2.005-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-2.001-0007-C02</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -637,432 +1400,1741 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E22"/>
+  <x:dimension ref="A1:E99"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46027</x:v>
+        <x:v>46054</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46013</x:v>
+        <x:v>46046</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46027</x:v>
+        <x:v>46054</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46008</x:v>
+        <x:v>46047</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46028</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46021</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46028</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45996</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46028</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46013</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46028</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46021</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46029</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46014</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46029</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46012</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46029</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46010</x:v>
+        <x:v>46047</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46029</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46021</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46029</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46010</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46024</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46021</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46024</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46010</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46024</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46014</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46014</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46034</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46022</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46172</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45783</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46317</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45671</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B23" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B24" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B25" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B26" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B27" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B28" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B29" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E29" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B30" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C30" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B31" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B32" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B33" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B34" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B35" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B36" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B37" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B38" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B39" s="2">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B40" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B41" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B42" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B43" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B44" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B45" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B46" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B47" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B48" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B49" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B50" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B51" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C51" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E51" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B52" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E52" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B53" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B54" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E54" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B55" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E55" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B56" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E56" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B57" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C57" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B58" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C58" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E58" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B59" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C59" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E59" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B60" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C60" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E60" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B61" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="C61" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E61" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B62" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C62" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E62" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B63" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C63" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E63" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B64" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C64" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B65" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B66" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C66" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E66" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B67" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C67" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E67" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B68" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B69" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E69" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B70" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="E70" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B71" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B72" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B73" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B74" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B75" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B76" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B77" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="E77" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B78" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B79" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B80" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B81" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B82" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B83" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E83" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B84" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B85" s="2">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B86" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B87" s="2">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B88" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B89" s="2">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="2">
+        <x:v>46060</x:v>
+      </x:c>
+      <x:c r="B90" s="2">
+        <x:v>46053</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="2">
+        <x:v>46060</x:v>
+      </x:c>
+      <x:c r="B91" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="2">
+        <x:v>46061</x:v>
+      </x:c>
+      <x:c r="B92" s="2">
+        <x:v>46054</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="2">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B93" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="2">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B94" s="2">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B95" s="2">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B96" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B97" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="2">
+        <x:v>46173</x:v>
+      </x:c>
+      <x:c r="B98" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="2">
+        <x:v>46317</x:v>
+      </x:c>
+      <x:c r="B99" s="2">
+        <x:v>45671</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>290</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>