--- v2 (2026-02-01)
+++ v3 (2026-02-23)
@@ -1,1030 +1,1363 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf571ecef20b4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59874ea5f7dc4a8798a2fc26b0809c70.psmdcp" Id="R22cf289e1c994e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a98ae3432b94ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7081dd0948c4c5899808b2cb0eefbde.psmdcp" Id="R7285e6a45dcc4eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="373">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на зъботехническа апаратура с три обособени позиции: Обособена позиция 1: Режеща машина Обособена позиция 2: Пещ за синтероване Обособена позиция 3: 3D принтер в комплект с пещ за полимеризация и уред за измиване</x:t>
-[...80 lines deleted...]
-ОП7: Доставка и монтаж на професионална пречиствателна и омекотителна система за вода
+    <x:t>Доставка на оборудване под прага на същественост за ДМА.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СРЕБЪРНО ЕЗЕРО 2007 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2478-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на техника за принтиране на фотографска продукция</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16 АВГУСТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0326-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура за избор на изпълнител с предмет :
+№ 1: Въвеждане на Система за управление на взаимоотношенията с клиенти (CRM система) на стойност 9 264.10 евро без ДДС
+№ 2: Въвеждане на модул/система за управление на складовото стопанство (WMS)
+на стойност -  8 352.46 евро без ДДС
+№ 3: Въвеждане на модул/система за управление на веригата за доставки на суровини/материали/компоненти/продукти за производствения процес 8 085.57 евро без ДДС
+№ 4: Въвеждане на система за бизнес анализи (Business Intelligence система) 8 344.28 евро без ДДС
+Обща цена на поръчката: 34 046.41евро без ДДС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Техновент инженеринг ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1065-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и внедряване на ИКТ услуги и решения</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕЛОСВЯТ - ШУМЕН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0213-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на консумативи и материали за целите на разработване на иновация </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЕ ПЛАСТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0388-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване в 5 обособени позиции във връзка с изпълнение на проект BG16RFPR001-1.004-2153-C01 „Подобряване на производственият капацитет в НИТОС ДИЗАЙН ЕООД”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИТОС ДИЗАЙН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2153-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и  монтаж на:
+1. Климатик (1 вид)- 2 броя;
+2. Климатик (2 вид)- 1 брой;
+3. Климатик (3 вид)- 7 броя;
+4. Климатик (4 вид)- 2 броя;
+5. Климатик (5 вид)- 2 броя.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>НЕРИУМ ООД</x:t>
-[...37 lines deleted...]
-ОП5. Доставка на Лазер - 1 бр.
+    <x:t>ПРОТЕЙ - М ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0458-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Елтрон сервиз ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0194-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване за "Студио 404" ЕООД: Кантираща машина</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Студио 404 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1392-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка, монтаж и въвеждане в експлоатация на плетачна машина за производство на чорапи - 3 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВЪР СОКС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0080-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разходи за материали и консумативи, необходими за разработването на прототип на индустриален лиофилизатор</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНОКСИС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0204-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на оборудване за стоматологична практика по обособени позиции 
+Обособена позиция 1. Уред за определяне на цвета – 1 бр. Обособена позиция 2. 
+Комбиниран диоден лазер с два лазера в един апарат - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ПЪРВИЧНА ИЗВЪНБОЛНИЧНА МЕДИЦИНСКА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА К И М ДЕНТ - Д-Р ИВАЛИНА СТ. КУНЧЕВА-МИЛОВА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1774-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на:
+ОП 1 -Оборудване за професионална кухня 
+1.Парен конвектомат-1бр. 
+2.Стойка за конвектомат-1бр.
+3.Ком-кт издърпващи се релси за аксесоари-4бр.
+4. Газов котлон с 4 горелки-1бр.
+5.База под топлинен уред-1бр.
+6.Газова гладка скара-1бр.
+7.Газова гладка скара-1бр.
+8..Газова рифелована скара-1бр.
+9.Неутрален модул-1бр.
+10.Високо скоростна фурна-1бр.
+11.Пица фурна-1бр.
+12.Вакуумна машина-1бр.
+13..Система за вкарване на защитен газ-1бр.
+14. Кафемашина-1бр.
+15.Кафемелачка-1бр.
+16..Чашомиялна машина-1бр.
+17.Съдомиялна машина-1бр.
+18.Блендер-1бр.
+19.Бавнооборотна сокоизстисквачка за студ.пресоване-1бр.
+20.Плоча за печене на грил и пица-2бр. 
+21.Скара със симетрична решетка и паралелни ивици-2бр.
+21.Стойка за задържане на плик, пълен с течност-1бр.
+ОП 2 -Хладилни съоръжения
+1.Хладилна база под топлинни уреди-1бр.
+2.Хладилнa работнa маса със заден борд-1бр.
+3.Хладилен шкаф среднотемпературен-1бр.
+4.Хладилен шкаф нискотемпературен-1бр.
+5.Ледогенератор-1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕСКЕЙП 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2355-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на система за озвучаване и система за осветление за подобряване на производствения капацитет на Парти Тайм БГ ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПАРТИ ТАЙМ БГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0754-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, инсталиране и въвеждане в експлоатация на Технологична линия за производство на текстилни завеси(Прекратена)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЧАР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0620-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Оборудване за кухненски боксове – 25 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХЕЛИОС БГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1534-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Актив ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0252-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАУС-ПС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0610-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Аудио хардуер - 1 комплект, Видеокамера - 1 брой, Студийно осветление - 3 броя и Софтуер за видео обработка - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОТТА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0936-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на стационарна компютърна конфигурация – 1 бр., мобилна компютърна конфигурация – 1 бр., 4К монитор – 1 бр., лаптоп - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Оптичен кохерентен томограф - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕДИЦИНСКИ ЦЕНТЪР ЗА СПЕЦИАЛИЗИРАНА МЕДИЦИНСКА ПОМОЩ - ВИЗУС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2100-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Провеждане на тръжна процедура  по ПМС 4 от 11 януари 2024 г. за избор на доставчици на материали с обща прогнозна стойност 4601.63 евро /9 000 лв./ без ДДС с 2 обособени позиции:
+ОП 1.Никелова лента с обща прогнозна стойност - 3067.75 евро /6 000 лв./ без ДДС
+ОП 2.Сита - неръждавейка с обща прогнозна стойност-  1533.88 евро /3 000 лв./ без ДДС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>САМЕЛ - 90 АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0289-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за внедряване на дигитални решения“ по четири обособени позиции:
+Обособена позиция № 1: Въвеждане на модул/система за управление на веригата за доставки на суровини/материали/компоненти/продукти за производствения процес 8 085.57 евро без ДДС
+Обособена позиция № 2: Въвеждане на Система за управление на взаимоотношенията с клиенти (CRM система) на стойност 9 264.10 евро без ДДС
+Обособена позиция № 3: Въвеждане на модул/система за управление на складовото стопанство (WMS)
+на стойност 8 352.46 евро без ДДС
+Обособена позиция № 4: Въвеждане на система за бизнес анализи (Business Intelligence система) 8 344.28 евро без ДДС
+Обща прогнозна стойност: 34 046,41евро без ДДС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВЕЛИН 2011 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1241-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Система за трансферен печат върху полиестерни тъкани - 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЪЛ СПОРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0241-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на лични предпазни средства (ЛПС) и специално работно облекло с 3 обособени позиции:
+Обособена позиция 1: Лични предпазни средства
+Обособена позиция 2: Специално работно облекло
+Обособена позиция 3: Заваръчен шлем</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КИПРИДА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1676-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности (МОМ)
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Арт Глас Студио Светлана ООД</x:t>
-[...25 lines deleted...]
-- Система за съхранение на големи файлове с данни - 1 бр.
+    <x:t>МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-1.003-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Пламели финанс ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0189-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ИТ оборудване – сървър, компютри, лаптопи и UPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАМЕНОВ И ПАРТНЬОРИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0292-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Иновативни образователни технологии ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0111-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Спортни, културно-развлекателни и артистични дейности</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0003-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване, представляващо средства за колективна защита, в четири обособени позиции:
+Обособена позиция 1: Доставка, монтаж и въвеждане в експлоатация на 1 брой мобилна система за аспириране и филтриране на заваръчни газове и 2 броя аспирационни маси;
+Обособена позиция 2: Доставка на 1 брой седалкова подопочистваща машина и 1 брой машина за сухо и мокро вакуумно почистване;
+Обособена позиция 3: Доставка на 11 броя мобилни шумоизолиращи екрани (паравани);
+Обособена позиция 4: Доставка на 20 броя заваръчни завеси и 2 броя заваръчни одеяла.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">БУВЕЛКО ЕАД </x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1136-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хаштаг иновации ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0120-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 2 обособени позиции: принтер за директен печат върху текстил - 1 бр., плоскопечатен принтер - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИГИТАЛНИ УСЛУГИ- 3 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0473-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка на режещ плотер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГОРАН-ПИК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1199-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЕК РАЙЗЕН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0212-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разходи за придобиване на ДМА - машини, съоръжения, оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПАРМИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2543-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на климатици:
+1. Климатик (18ка) подов - 1 брой;
+2. Климатик (24ка) - 6 броя;
+3. Климатик (48ца) - 2 броя;
+4. Климатик (18ка) - 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АГРОСТАР 2016 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1351-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Придобиване на иновативно Комплексно професионално кухненско оборудване от ново поколение 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Сенсика Текнолоджис АД</x:t>
-[...29 lines deleted...]
-    <x:t>BG16RFPR001-1.004-1409-C02</x:t>
+    <x:t>КРИСТИ СИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2695-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Услуга по тестване на системата, тестове на информационна сигурност и защита на личните данни</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Коуд Рънърс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0366-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Държавна агенция за бежанците при Министерския съвет (ДАБ при МС)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-1.003-0002-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на  оборудване за разработване и производство на LED прожектори.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на климатична система тип "сплит"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЛЕК БРОС САУНД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0319-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТИЛ - АЛТЪНДЖИЯН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0858-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Коффи принт ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2224-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0015-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване: 
+Обособена позиция 1 – Доставка на ергономично и кухненско оборудване 
+Обособена позиция 2 – Доставка на климатично оборудване 
+Обособена позиция 3 - Доставка на преместваеми фургони</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЛНИ МАТЕРИАЛИ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0984-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0005-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оптични лещи за създаване на иновативно устройство за термален 3D AI имиджинг ThruVision 1280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕРГЛОН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0317-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА:
+Обособена позиция 1:
+- Съдомиялна машина -1 брой
+- Чашомиялна машина - 1 брой
+Обособена позиция2:
+- Фризерна маса 2 врати- 1 брой
+- Фризерна маса 4 врати - 1 брой
+- Хладилна маса 4 врати - 1 брой
+- Хладилна маса 2 врати - 1 брой
+Обособена позиция 3:
+- Електрическа фурна за пица - 1 брой
+- Комбиниран халдилник и фризер - 1 брой
+- Вакуумна машина - 1 брой
+- Ледогенератор - 1 брой
+- Комплект Индукционни котлони - 1 брой
+Обособена позиция 4:
+-Парен конвектомат 1брой 
+ -Стойка за конвектомат 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТОНИ-Русанов ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2652-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на:
+Обособена позиция 1:
+1. Струг - 1 бр.
+2. Настолна бормашина - 1 бр.
+3. Шмиргел - 1 бр.
+4. Лентоотрезна машина - 1 бр.
+5. Акумулаторна хидравлична преса - 1 бр.
+6. Акумулаторна хидравлична резачка - 1 бр.
+7. Количка с монтажни инструменти - 1 бр.
+8. Къртач - 1 бр.
+Обособена позиция 2:
+1. Мотокар - 1 бр.
+Обособена позиция 3:
+1. Трифазен мрежови анализатор - 1 бр.
+2. Измервател на изолационно съпротивление - 1 бр.
+3. Измервателен уред за съпротивление на заземяване - 1 бр.
+4. Регистратор на хармонични данни - 1 бр.
+5. Безконтактен детектор за метал и напрежение - 1 бр.
+6. Тестер на поредността на фазите - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНТЕГРИРАНИ ЕНЕРГИЙНИ СИСТЕМИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2828-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на "Машина за бързо 3д принтиране на рамки за очила"- 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Квят ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2736-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ДМА и оборудване под стойностния праг за ДМА за подобряване на производствения капацитет:
+- Монитор – 2 броя
+- NAS устройство – 1 брой
+-Компютър – 2 броя 
+- Твърд диск - 2 броя 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФОТОГРАФИКА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1418-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на ново фасадно рамково скеле със стоманени елементи”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛ - ПЛАСТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0735-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЙЛАБ 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0249-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на оборудване за обработка на аудио-визуални продукти, включващо:
+- Преносим компютър тип 1 - 1 бр.
+- Преносим компютър тип 2 - 1 бр.
+- Таблет тип 1 - 1 бр.
+- Таблет тип 2 - 1 бр.
+- Смартфон - 1 бр.”
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОМИНО ПРЪДАКШЪНС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1085-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ДМА за подобряване на производствения капацитет:
+1. Цветно лазерно многофункционално устройство - 1 бр.
+2. Широкоформатен плотер - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА за изпълнение на Дейност 1 с 2 ОБОСОБЕНИ ПОЗИЦИИ ЗА:
+ОП 1 - Настолен компютър - 1 бр. 
+ОП 2 - Роботизирана геодезическа тотална станция - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАКСГЕО - ИНЖЕНЕРИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1608-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане на услуги в 3 обособени позиции: 1. Въвеждане на модул/система за управление на складовото стопанство (WMS) 2. Въвеждане на модул/система за управление на продажбите на дребно (Point-of-Sale система) 3. Изграждане на система за архивиране на информация по Програма "Конкурентоспособност и иновации в предприятията" 2021-2027(Прекратена)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПОПОВ МЕНИДЖМЪНТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0277-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на професионално кухненско оборудване на обект: Бар "Гранд Камелия" – Слънчев бряг  по 7 обособени позиции, във връзка с изпълнение на проект " Подобряване на производствения капацитет и оптимизиране на бизнес процесите в "АНДИ САМИ" ООД" по Програма „Конкурентоспособност и иновации в предприятията” 2021-2027, процедура BG16RFPR001-1.004 „Подкрепа за семейните предприятия, предприятията от творческите индустрии и занаятите”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АНДИ САМИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1253-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на : 
+Об. позиция 1: Съоръжение за изправяне на детайли - 1 бр.
+Об. позиция 2: Автоматична машина за измиване на пистолети - 1 бр.
+Об. позиция 3: Уред за изправяне на детайли - 1 бр.
+Об. позиция 4: Куфар с аксесоари за уред за изправяне на детайли - 1 бр.
+Об. позиция 5: Спектрофотометър - 1 бр.
+Об. позиция 6: Двуколонен електрохидравличен подемник с горна синхронизация - 1 бр.
+Об. позиция 7: Двуколонен електрохидравличен подемник с долна синхронизация - 1 бр.
+Об. позиция 8: Компютърен 3D стенд - 1бр.
+Об. позиция 9: Електронна баланс машина - 1 бр.
+Об. позиция 10: Монтаж машина за колела - 1 бр.
+Об. позиция 11: Винтов Въздушен компресор с осушител - 1 бр.
+Об. позиция 12: А/С станция за работа с охладител - 1бр.
+Об. позиция 13: Инструментална количка -2 бр.
+Об. позиция 14: Електрохидравличен ножичен подемник - 1 бр.
+Об. позиция 15: Машина за почистване на DPF филтри - 1 бр.
+Об. позиция 16: Апарат за изправяне на стомана и алуминий - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АУТО СТЕВ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0019-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Създаване на иновативен уред "Комплексна система за измерване параметрите на водата" с обособени позиции: 
+5.1. Подготовка и анализ на необходимите хардуерни и софтуерни компоненти, хардуерен и софтуерен дизайн за изработка на прототип на „Комплексна система за измерване параметри на водата“ ще бъде възложено на външен изпълнител.
+Обособена позиция 1:
+1) Подготовка и анализ на необходимите хардуерни компоненти и дизайн за изработка на прототип - 1 бр.
+Обособена позиция 2:
+2)Подготовка и анализ на необходимите софтуерни компоненти и дизайн за изработка на прототип -1 бр.
+5.2. Създаване на хардуерен прототип от външен изпълнител на база на подаденото задание и изготвяне на интерфейс на софтуерното решение.
+Обособена позиция 3:
+3) Създаване на хардуерен прототип - 1бр.
+Обособена позиция 4:
+4) Създаване на софтуерния продукт - 1бр.
+                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЛОТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0457-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на дълготрайни материални активи, необходими за внедряването на полезен модел с рег. № 3207 U1 "Система за дистанционно диагностициране и провеждане на възстановителни програми в специализирани фитнес-медицински центрове" – „Придобиване на компютърно оборудване, сървър и система за видеоконферентна връзка“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЛЕТИК ФИТНЕС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0321-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, внедряване и интегриране на Интелигентна, хибридна софтуерна платформа“ – 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„ДИАНА“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на автоматизирана линия за производство на спортни блузи Polo-shirt и T-shirt “</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛЕНА СТИЛ 80 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0168-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">СМР дейности, подобряващи енергийната ефективност в сградния фонд на фирма МЕГАСТРОЙ 2014 ООД, чрез Инсталиране на фотоволтаична електроцентрала с мощност 30 kWh за собствени нужди </x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕГАСТРОЙ 2014 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0368-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машина за замазки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОГРЕС 99 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1440-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на шевни машини и автомати- 12 брой
+1. Многофункционален автомат със свободно-програмируеми шевове с въртяща се глава на 360° и лазерно рязане - 1  брой.
+2. Многофункционален автомат за програмируеми шевове с лазерно устройство и вакуум система за фиксиране - 1  брой.
+3. Многофункционален автомат с устройство за зашиване на етикети - 1  брой
+4. Многофункционален автомат с електронно управление за тежки материи- 1  брой.
+5. Илична машина за изработване на илик око с електронно управление- 1  брой.
+6. Оборудвано работно място за автоматично зашиване на копчета с бункер- 1  брой.
+7. Автоматична едноиглова машина за прав шев – 2 броя.
+8. Автоматичен високоскоростен 2-иглов 5-конечен оверлог с горен диференциален транспорт – 2 броя.
+9. Универсална режеща машина за ленти, етикети, гума, велкро с дигитално управление- 1 брой.
+10. Автоматична машина за бродерия – 1 брой.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИГИТ-2005 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1920-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предоставяне на помощни услуги</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФАНТАСТИКА 2002 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0644-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на машина - багер-товарач</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СОФТ-А БИЛД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1390-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на професионално кухненско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОРХИДЕЯ 51 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2043-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура 2: Закупуване на дълготрайни материални активи (ДМА) и Инструменти и оборудване под стойностния праг на същественост за ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХИКС ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2627-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Възлагане на външни услуги за научни изследвания и изграждане на прототип.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Софт Зен ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0257-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване и внедряване на интелигентна интегрирана платформа за изготвяне на хранителни и диетични менюта за възрастни</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА в две обособени позиции: Обособена позиция 1: Доставка на Хидравлична мулчираща косачка - 1 бр. и Обособена позиция 2: Доставка на хибридна косачка робот - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЕВЪРГРИЙН ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1659-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изготвяне на пълен дигитален BIM модел на сграда и съоръжение и модел за BIM библиотека</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Камара на строителите в България</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.001-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на следния ДМА:
+1.Система за почистване на фотоволтаични панели, паркове и фасадни конструкции с ултрачиста вода - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛИМПО 2021 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2852-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на оборудване по обособени позиции:
+ОП 1 Доставка на Апликатор -1бр.
+ОП 2 Доставка на Ролен ламинатор - 1 бр.
+ОП 3 Доставка на Сгъвачна машина за букви - 1 бр. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РД СИСТЕМС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0161-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ДМА и ДНА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на иновативно решение за паркинг и видеонаблюдение по обособени позиции:
+Обособена позиция 1: Автоматизирана система за управление на паркинг
+Обособена позиция 2: Цифрова система за видеонаблюдение и охрана</x:t>
+  </x:si>
+  <x:si>
+    <x:t>С.Т.СЛЪНЧЕВ РАЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0602-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Изграждане на система за автоматизация и контрол"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗОРА-М.М.С. ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0087-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и монтаж на оборудване по обособени позиции 
+Обособена позиция 1 МАШИНИ И ИНСТРУМЕНТИ ЗА ОБЩ СЕРВИЗ с прогнозна стойност 15 898,19 евро без ДДС;
+Обособена позиция 2 СПОМАГАТЕЛНИ МАШИНИ С ОБЩО ПРЕДНАЗНАЧЕНИЕ с прогнозна стойност  5 301,62 евро без ДДС
+Обособена позиция 3 СПЕЦИАЛИЗИРАНИ МАШИНИ ЗА АВТОМОБИЛНИ УРЕДБИ с прогнозна стойност 9 630,77 евро без ДДС	
+Обособена позиция 4 КРИКОВЕ И УСТРОЙСТВА ЗА ПОВДИГАНЕ с прогнозна стойност 7 216,25 евро без ДДС	
+Обособена позиция 5 СПЕЦИАЛНО ОБОРУДВАНЕ с прогнозна стойност 4 382,88 евро без ДДС	
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПЛЕВЕН ЕКСПРЕС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2215-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машини и оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бранд Ню Принт ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1635-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на специализирана техника за нуждите на ЕЦИХ в сектор строителство</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изпълнение на мерки за Енергийно обновяване на административна сграда - ЕСМ 5: Подмяна на климатици</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОЛИНЕЗА ПРЕМИУМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0353-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на производствени машини: Обособена позиция 1 (ОП1) Банцинг - 1 бр. Обособена позиция 2 (ОП2) Транспортьор - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТИМБЪР КОМЕРС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0896-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Устойчиво енергийно обновяване на сгради в сферата на търговията и услугите</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АХАТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0290-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предоставяне на услуги по провеждане на специфични технически обучения на служители на Немечек ООД по проект BG05SFPR002-1.019-0020-C01, съфинансиран от ЕС. Всяко от обученията е в отделна обособена позиция.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЕМЕЧЕК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0020-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на дълготрайни материални активи /ДМА/ и оборудване, необходими за дейността на семейно предприятие "САЛОН ЗА КРАСОТА "ХРИСТИНА" ЕООД по 4 обособени позиции”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>САЛОН ЗА КРАСОТА "ХРИСТИНА" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2602-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА за подобряване на производствения капацитет: Презентационна техника - ДМА 3 броя, включващо:
+Обособена позиция 1: Проектор -1 брой
+Обособена позиция 2 : Проектор - 1 брой
+Обособена позиция 3: Телевизор- 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТаймСкейп Плюс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1550-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Подобряване енергийната ефективност чрез енергийно обновяване на сградния фонд на ,,АНЕС-96" ООД
+Обособена позиция (ОП) 1  Топлинно изолиране на външни стени 
+Обособена позиция (ОП) 2  Подмяна на прозорци и врати
+Обособена позиция (ОП) 3 Мерки при генерирането на топлина
+Обособена позиция (ОП) 4 Тръбна или въздухопроводна мрежа
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АНЕС - 96 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0207-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на дълготрайни материални активи, необходими за подобряване на производствения капацитет и повишаване качеството на произвежданите продукти
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИМСОН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2310-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на професионално технологично оборудване за ресторант за увеличаване на производствения капацитет и развитие на потенциала за устойчивост и растеж на „Устра Строй“ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уста Строй ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1010-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на Дигитална снимачна кино система</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОРФИЛМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0704-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Автоматизирана машина за перфорация и поставяне на телен гребен</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕГОНИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1498-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ЛПС: 
+-	Обособена позиция 1 – Доставка на защитно работно облекло и лични предпазни средства
+-	Обособна позиция 2 - Очила за работа с видеодисплей
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТИСИНА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1133-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Строително монтажни работи за изграждане на вентилационна инсталация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИДЕАЛ БЪЛГАРИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0892-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на интериорно обзавеждане- 1 комплект, ново</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">"КАКТУС 79" ООД
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1858-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка монтаж и въвеждане в експлоатация на производствена машина - линия за екструдиране на профили</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ КАСИОПЕС - ГЕОРГИ СТЕФАНОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0780-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на сборник 1000 L със зъбна помпа и тръбен път - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Болярка Делайтс“ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1714-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване и доставка на обзавеждане и оборудване с обособени позиции: 
+Обособена позиция 1: 
+1. Беседка – 1 бр. 
+2. Маса за хранене – 1 бр. 
+3. Столове за хранене – 8 бр. 
+4. Сет градинска маса с четири стола – 1 бр.
+Обособена позиция 2: 
+1. Ергономични офис бюра – 10 бр. 
+2. Ергономични офис столове – 10 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"АМБИКС" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0941-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Доставка на ЦПУ платформа за автоматичен SMT монтаж на печатни платки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПрофиАнтс Технолоджис ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0960-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталиране на хардуерно оборудване, в това число:
+- Сървър тип 1 - 2 бр.;
+- Сървър тип 2 - 2 бр.;
+- Дисков масив към сървър тип 2;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТехноЛогика ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0578-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 1 брой хидравличен самоиздигащ се кран с долно въртене</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДАРАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0748-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване на бизнес модел и юридическа рамка от документи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Лийн Диджитал Солюшънс ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-2.006-0013-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, инсталиране, тестване и въвеждане в експлоатация на ДМА:
+- Обособена позиция 1 (ОП1): Сървърна система за виртуализация – 3бр.
+- Обособена позиция 2 (ОП2): Система за съхранение на данни – 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Би Пи Ем Проджект ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2030-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Силов трансформатор за захранване на пещ за закаляване на стъкло - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЛАС ТАЙМ 3000 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1801-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на:
 Об. позиция 1.
-1.  Лаптоп 1-ви вид- 1 брой;
-[...7 lines deleted...]
-1.  Лазерно мултифункционално устройство- 1 брой.
+1. Лаптоп 1-ви вид- 1 брой;
+2. Лаптоп 2-ри вид- 4 броя;
+3. Таблет 1-ви вид- 1 брой;
+4. Таблет 2-ри вид- 1 брой.
 Об. позиция 4.
-1.  Мрежов сторидж- 1 брой;
-[...1 lines deleted...]
-3.  UPS- 1 брой.</x:t>
+1. Мрежов сторидж- 1 брой;
+2. Хард диск- 5 броя;
+3. UPS- 1 брой.</x:t>
   </x:si>
   <x:si>
     <x:t>УЕБ ДРИЙМС ГРУП ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2381-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка и въвеждане в експлоатация на Дизелов стенд за комън рейл инжектори - 1 бр.</x:t>
-[...128 lines deleted...]
-    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на специализирано високотехнологично дентално оборудване
+    <x:t>Придобиване на Комплексно професионално металообработващо оборудване от ново поколение, включващо Център за автоматично огъване с CNC управление с прогнозна стойност до 103 400,09 евро /202 233,00 лева</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕГАС - 93 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2516-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Предоставяне на туоператорски услуги за осигуряване на хотелско настаняване и изхранване на професионални художествени формации/ансамбли в рамките на изпълнение на инвестиция „Мета-култура: Велико Търново“ Договор за финансиране №BG-RRP-11.021-0015-С01 с финансовата подкрепа на Европейския съюз – NextGenerationEU“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Фондация „Международен съвет на организаторите на фестивали за фолклор и традиционни изкуства-България /ЦИОФФ-България/“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Роботизирана линия за катоднo електрофорезно боядисване (KTL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОНИ - 83 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за защита от неблагоприятен микроклимат. 
+Обособена позиция 1 – Доставка на Децентрализирана система за мониторинг с рекуперация за шивашки цех. 
+Обособена позиция 2 – Доставка на инверторни климатични системи.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НОВА ЛИНИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1741-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на мобилни контейнери и оборудване за нуждите на работещите в „Менкаура“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕНКАУРА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1146-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РАЗХОДИ ЗА УСЛУГИ И РЕШЕНИЯ В ОБЛАСТТА НА ИКТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"НЕКСИ КОНСУЛТ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1791-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ДМА </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАКОМ АУТДОР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2888-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на 4 броя машини за дигитален, широкоформатен печат</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРТ ФОР ФЮЧЪР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1451-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Услуги и решения в областта на ИКТ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГРАНД СЪПОРТ СОД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0270-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на медицинско оборудване
+Обособена позиция (ОП) 1 Колкоскоп - 1бр.
+Обособена позиция (ОП) 2   Гинекологичен стол - 1бр.
+Обособена позиция (ОП) 3  Ултразвукова система - 1бр.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>АМБУЛАТОРИЯ ЗА ГРУПОВА ПРАКТИКА ЗА ПЪРВИЧНА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА - ЕС ДЕНТ КК ООД</x:t>
-[...608 lines deleted...]
-</x:t>
+    <x:t>МЕДИЦИНСКИ ЦЕНТЪР ЗДРАВЕ-1 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0882-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за извършване на обследване за енергийна ефективност (светломер, високоточен термометър, измервател на разстояние, двуканален измервателен АС/АС прибор, разходомер за малки и големи тръби, анализатор за димни газове, анемометър); Георадар, таблет съвместим с георадар, детектор за армировка в бетон, склерометър и наковалня за склерометър, Lidar камера, тотална станция; Доставка на сървър; Доставка и внедряване на ERP, CRM и система за бизнес анализи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СС-КОНСУЛТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2688-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка и въвеждане в експлоатация на ДМА : Бензинов вибромастар, Галванизирано метално скеле „Н“ система, Пердашка за бетон, Акумулаторен зелен линеен лазерен нивелир, Комплект акумулаторни машини, Комплект машина за мазилки и шпакловки и компресор за въздух, Моторен трион, Комплект акумулаторни инструменти, Мобилно алуминиево скеле, Електрически трион тип "Алигатор", Жираф за шлайфане</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРО-БИЛД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1393-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЛЯНКА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1175-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изграждане и въвеждане на дигитални решения във връзка с изпълнение на Договор № BG16RFPR001-1.012-0929-C01 /22.01.2026 г. с бенефициент „ТЕРА ГРАНД“ ЕООД, финансиран по процедура BG16RFPR001-1.012 „Дигитализация на предприятията“, Програма „Конкурентоспособност и иновации в предприятията“ 2021–2027 г.“ по три обособени позиции:
+- Обособена позиция № 1: „Въвеждане на система за управление на ресурсите (ERP система)“
+- Обособена позиция № 2: „Изграждане на система за архивиране на информацията“
+- Обособена позиция № 3: „Изграждане на система за управление на съхранението и споделянето на информация“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ТЕРА ГРАНД"  ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0929-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на 5-цветна производствена дигитална печатна система - 1бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛФА СТАР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2196-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ремонт на съществуващата подстанция - от втори етап на проект „Вътрешноплощадкова обслужваща инфраструктура – път, газификация, площадкови водоснабдяване и канализация, улично осветление и трансформаторни станции в УПИ V-1306 и УПИ IX – 2058,2103 на кв.10, м. "НПЗ Илиянци - Запад", Район Надежда – СО, ПИ 68134.1372.2107 и ПИ 68134.1372.2105 Индустриален парк „Рожен 41“, бул. „Рожен“ №41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЪЛ ЕСТЕИТС ДИВЕЛЪПМЪНТ ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.007-0003-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Абонаментно почистване на офис помещения на МОМ“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0002-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на превод</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0009-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65ISPR001-3.004-0001-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталация на мобилен единичен контейнер (оборудван) – 4 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УАЙЪР ПРОДАКШЪН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2409-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане на 1 бр. вентилационна система (инсталация), в изпълнение на проект № BG05SFPR002-1.004-2044-C02 „Осигуряване на устойчиви условия на труд и подобряване на качеството на работните места в "ПЕТКО ПЕТКОВ-24" ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПЕТКО ПЕТКОВ - 24 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2044-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0016-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване и техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИЛДАХ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0787-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
   </x:si>
   <x:si>
     <x:t>Технически Университет - София</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-2.005-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
@@ -1400,1741 +1733,2436 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E99"/>
+  <x:dimension ref="A1:E140"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46054</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46046</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46054</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46047</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>46048</x:v>
+        <x:v>46067</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46048</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46048</x:v>
+        <x:v>46067</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
+      <x:c r="E9" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46047</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="s">
+      <x:c r="E10" s="0" t="s">
         <x:v>30</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46048</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D11" s="0" t="s">
+      <x:c r="E11" s="0" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="D12" s="0" t="s">
+      <x:c r="E12" s="0" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D13" s="0" t="s">
+      <x:c r="E13" s="0" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46048</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="D14" s="0" t="s">
+      <x:c r="E14" s="0" t="s">
         <x:v>42</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46048</x:v>
+        <x:v>46067</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="D15" s="0" t="s">
+      <x:c r="E15" s="0" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
+      <x:c r="E16" s="0" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="s">
+      <x:c r="E17" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46048</x:v>
+        <x:v>46067</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46048</x:v>
+        <x:v>46068</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>46048</x:v>
+        <x:v>46068</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2">
-        <x:v>46055</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2">
-        <x:v>46055</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>46048</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>46049</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>46049</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>46049</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>46048</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>46049</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>46042</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>46048</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>46050</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>46050</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>46049</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>46050</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>46050</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>46050</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>46049</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>46051</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>46051</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>46050</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>46050</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>46049</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>46051</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>46052</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>46048</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46051</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>46050</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>46050</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
-        <x:v>46060</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46053</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2">
-        <x:v>46060</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>46052</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2">
-        <x:v>46061</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>46054</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2">
-        <x:v>46062</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>46052</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2">
-        <x:v>46063</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2">
-        <x:v>46065</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>46045</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2">
-        <x:v>46065</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>46043</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="2">
-        <x:v>46172</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>45783</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2">
-        <x:v>46173</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B98" s="2">
-        <x:v>46034</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B99" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B100" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B101" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B102" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B103" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B104" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B105" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B106" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B107" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B108" s="2">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B109" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B110" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B111" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s"/>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B112" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B113" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="2">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B114" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="2">
+        <x:v>46081</x:v>
+      </x:c>
+      <x:c r="B115" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="2">
+        <x:v>46081</x:v>
+      </x:c>
+      <x:c r="B116" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="2">
+        <x:v>46081</x:v>
+      </x:c>
+      <x:c r="B117" s="2">
+        <x:v>46074</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="2">
+        <x:v>46081</x:v>
+      </x:c>
+      <x:c r="B118" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B119" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B120" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E120" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B121" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B122" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E122" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B123" s="2">
+        <x:v>46075</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B124" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>345</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="2">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B125" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B126" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B127" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B128" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
+        <x:v>352</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B129" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B130" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B131" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="E131" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B132" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B133" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B134" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E134" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B135" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B136" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E136" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="2">
+        <x:v>46090</x:v>
+      </x:c>
+      <x:c r="B137" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E137" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B138" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="2">
+        <x:v>46173</x:v>
+      </x:c>
+      <x:c r="B139" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="2">
         <x:v>46317</x:v>
       </x:c>
-      <x:c r="B99" s="2">
+      <x:c r="B140" s="2">
         <x:v>45671</x:v>
       </x:c>
-      <x:c r="C99" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>290</x:v>
+      <x:c r="C140" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>372</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>