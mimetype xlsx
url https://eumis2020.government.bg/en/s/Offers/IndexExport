--- v3 (2026-02-23)
+++ v4 (2026-02-23)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a98ae3432b94ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7081dd0948c4c5899808b2cb0eefbde.psmdcp" Id="R7285e6a45dcc4eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33578d65b2db4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb84ecc20eca4150b9f0a1605cbcc002.psmdcp" Id="R31d3ec59ff2f4f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="373">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="406">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на оборудване под прага на същественост за ДМА.</x:t>
   </x:si>
   <x:si>
     <x:t>СРЕБЪРНО ЕЗЕРО 2007 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2478-C01</x:t>
   </x:si>
   <x:si>
@@ -357,104 +357,104 @@
 Обособена позиция 3: Доставка на 11 броя мобилни шумоизолиращи екрани (паравани);
 Обособена позиция 4: Доставка на 20 броя заваръчни завеси и 2 броя заваръчни одеяла.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">БУВЕЛКО ЕАД </x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1136-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Хаштаг иновации ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0120-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на 2 обособени позиции: принтер за директен печат върху текстил - 1 бр., плоскопечатен принтер - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>ДИГИТАЛНИ УСЛУГИ- 3 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0473-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Разходи за придобиване на ДМА - машини, съоръжения, оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПАРМИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2543-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Избор на изпълнител за доставка на режещ плотер</x:t>
   </x:si>
   <x:si>
     <x:t>ГОРАН-ПИК ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1199-C01</x:t>
   </x:si>
   <x:si>
     <x:t>БЕК РАЙЗЕН ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0212-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Разходи за придобиване на ДМА - машини, съоръжения, оборудване</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2543-C01</x:t>
+    <x:t>Услуга по тестване на системата, тестове на информационна сигурност и защита на личните данни</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Коуд Рънърс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0366-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и монтаж на климатици:
 1. Климатик (18ка) подов - 1 брой;
 2. Климатик (24ка) - 6 броя;
 3. Климатик (48ца) - 2 броя;
 4. Климатик (18ка) - 1 брой.</x:t>
   </x:si>
   <x:si>
     <x:t>АГРОСТАР 2016 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1351-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Придобиване на иновативно Комплексно професионално кухненско оборудване от ново поколение 
 </x:t>
   </x:si>
   <x:si>
     <x:t>КРИСТИ СИ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2695-C01</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>BG16RFPR001-1.003-0366-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности
 </x:t>
   </x:si>
   <x:si>
     <x:t>Държавна агенция за бежанците при Министерския съвет (ДАБ при МС)</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-1.003-0002-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на  оборудване за разработване и производство на LED прожектори.</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и монтаж на климатична система тип "сплит"</x:t>
   </x:si>
   <x:si>
     <x:t>БЛЕК БРОС САУНД ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0319-C01</x:t>
   </x:si>
   <x:si>
     <x:t>СТИЛ - АЛТЪНДЖИЯН ЕООД</x:t>
@@ -553,253 +553,244 @@
   </x:si>
   <x:si>
     <x:t>Доставка на "Машина за бързо 3д принтиране на рамки за очила"- 1бр.</x:t>
   </x:si>
   <x:si>
     <x:t>Квят ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2736-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на ДМА и оборудване под стойностния праг за ДМА за подобряване на производствения капацитет:
 - Монитор – 2 броя
 - NAS устройство – 1 брой
 -Компютър – 2 броя 
 - Твърд диск - 2 броя 
 </x:t>
   </x:si>
   <x:si>
     <x:t>ФОТОГРАФИКА ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1418-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Доставка на оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЙЛАБ 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0249-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>„Доставка на ново фасадно рамково скеле със стоманени елементи”</x:t>
   </x:si>
   <x:si>
     <x:t>АЛ - ПЛАСТ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0735-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на оборудване</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0249-C01</x:t>
+    <x:t xml:space="preserve">Доставка на ДМА за подобряване на производствения капацитет:
+1. Цветно лазерно многофункционално устройство - 1 бр.
+2. Широкоформатен плотер - 1 бр.
+</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на оборудване за обработка на аудио-визуални продукти, включващо:
 - Преносим компютър тип 1 - 1 бр.
 - Преносим компютър тип 2 - 1 бр.
 - Таблет тип 1 - 1 бр.
 - Таблет тип 2 - 1 бр.
 - Смартфон - 1 бр.”
 </x:t>
   </x:si>
   <x:si>
     <x:t>ДОМИНО ПРЪДАКШЪНС ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1085-C01</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Доставка на ДМА за подобряване на производствения капацитет:
-[...4 lines deleted...]
-  <x:si>
     <x:t>Доставка на ДМА за изпълнение на Дейност 1 с 2 ОБОСОБЕНИ ПОЗИЦИИ ЗА:
 ОП 1 - Настолен компютър - 1 бр. 
 ОП 2 - Роботизирана геодезическа тотална станция - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>МАКСГЕО - ИНЖЕНЕРИНГ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1608-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане на услуги в 3 обособени позиции: 1. Въвеждане на модул/система за управление на складовото стопанство (WMS) 2. Въвеждане на модул/система за управление на продажбите на дребно (Point-of-Sale система) 3. Изграждане на система за архивиране на информация по Програма "Конкурентоспособност и иновации в предприятията" 2021-2027(Прекратена)</x:t>
   </x:si>
   <x:si>
     <x:t>ПОПОВ МЕНИДЖМЪНТ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0277-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка и монтаж на професионално кухненско оборудване на обект: Бар "Гранд Камелия" – Слънчев бряг  по 7 обособени позиции, във връзка с изпълнение на проект " Подобряване на производствения капацитет и оптимизиране на бизнес процесите в "АНДИ САМИ" ООД" по Програма „Конкурентоспособност и иновации в предприятията” 2021-2027, процедура BG16RFPR001-1.004 „Подкрепа за семейните предприятия, предприятията от творческите индустрии и занаятите”</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-1253-C01</x:t>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на автоматизирана линия за производство на спортни блузи Polo-shirt и T-shirt “</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛЕНА СТИЛ 80 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0168-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">СМР дейности, подобряващи енергийната ефективност в сградния фонд на фирма МЕГАСТРОЙ 2014 ООД, чрез Инсталиране на фотоволтаична електроцентрала с мощност 30 kWh за собствени нужди </x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕГАСТРОЙ 2014 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0368-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Създаване на иновативен уред "Комплексна система за измерване параметрите на водата" с обособени позиции: 
+5.1. Подготовка и анализ на необходимите хардуерни и софтуерни компоненти, хардуерен и софтуерен дизайн за изработка на прототип на „Комплексна система за измерване параметри на водата“ ще бъде възложено на външен изпълнител.
+Обособена позиция 1:
+1) Подготовка и анализ на необходимите хардуерни компоненти и дизайн за изработка на прототип - 1 бр.
+Обособена позиция 2:
+2)Подготовка и анализ на необходимите софтуерни компоненти и дизайн за изработка на прототип -1 бр.
+5.2. Създаване на хардуерен прототип от външен изпълнител на база на подаденото задание и изготвяне на интерфейс на софтуерното решение.
+Обособена позиция 3:
+3) Създаване на хардуерен прототип - 1бр.
+Обособена позиция 4:
+4) Създаване на софтуерния продукт - 1бр.
+                                     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЛОТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0457-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на дълготрайни материални активи, необходими за внедряването на полезен модел с рег. № 3207 U1 "Система за дистанционно диагностициране и провеждане на възстановителни програми в специализирани фитнес-медицински центрове" – „Придобиване на компютърно оборудване, сървър и система за видеоконферентна връзка“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЛЕТИК ФИТНЕС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0321-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и монтаж на : 
 Об. позиция 1: Съоръжение за изправяне на детайли - 1 бр.
 Об. позиция 2: Автоматична машина за измиване на пистолети - 1 бр.
 Об. позиция 3: Уред за изправяне на детайли - 1 бр.
 Об. позиция 4: Куфар с аксесоари за уред за изправяне на детайли - 1 бр.
 Об. позиция 5: Спектрофотометър - 1 бр.
 Об. позиция 6: Двуколонен електрохидравличен подемник с горна синхронизация - 1 бр.
 Об. позиция 7: Двуколонен електрохидравличен подемник с долна синхронизация - 1 бр.
 Об. позиция 8: Компютърен 3D стенд - 1бр.
 Об. позиция 9: Електронна баланс машина - 1 бр.
 Об. позиция 10: Монтаж машина за колела - 1 бр.
 Об. позиция 11: Винтов Въздушен компресор с осушител - 1 бр.
 Об. позиция 12: А/С станция за работа с охладител - 1бр.
 Об. позиция 13: Инструментална количка -2 бр.
 Об. позиция 14: Електрохидравличен ножичен подемник - 1 бр.
 Об. позиция 15: Машина за почистване на DPF филтри - 1 бр.
 Об. позиция 16: Апарат за изправяне на стомана и алуминий - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>АУТО СТЕВ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0019-C01</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Създаване на иновативен уред "Комплексна система за измерване параметрите на водата" с обособени позиции: 
-[...27 lines deleted...]
-  <x:si>
     <x:t>„Доставка, внедряване и интегриране на Интелигентна, хибридна софтуерна платформа“ – 1 брой</x:t>
   </x:si>
   <x:si>
     <x:t>„ДИАНА“ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.008-0381</x:t>
   </x:si>
   <x:si>
-    <x:t>„Доставка, монтаж и въвеждане в експлоатация на автоматизирана линия за производство на спортни блузи Polo-shirt и T-shirt “</x:t>
-[...14 lines deleted...]
-    <x:t>BG-RRP-4.021-0368-C01</x:t>
+    <x:t>Предоставяне на помощни услуги</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФАНТАСТИКА 2002 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0644-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на машина за замазки</x:t>
   </x:si>
   <x:si>
     <x:t>ПРОГРЕС 99 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1440-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на шевни машини и автомати- 12 брой
 1. Многофункционален автомат със свободно-програмируеми шевове с въртяща се глава на 360° и лазерно рязане - 1  брой.
 2. Многофункционален автомат за програмируеми шевове с лазерно устройство и вакуум система за фиксиране - 1  брой.
 3. Многофункционален автомат с устройство за зашиване на етикети - 1  брой
 4. Многофункционален автомат с електронно управление за тежки материи- 1  брой.
 5. Илична машина за изработване на илик око с електронно управление- 1  брой.
 6. Оборудвано работно място за автоматично зашиване на копчета с бункер- 1  брой.
 7. Автоматична едноиглова машина за прав шев – 2 броя.
 8. Автоматичен високоскоростен 2-иглов 5-конечен оверлог с горен диференциален транспорт – 2 броя.
 9. Универсална режеща машина за ленти, етикети, гума, велкро с дигитално управление- 1 брой.
 10. Автоматична машина за бродерия – 1 брой.
 </x:t>
   </x:si>
   <x:si>
     <x:t>ДИГИТ-2005 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1920-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Предоставяне на помощни услуги</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.003-0644-C01</x:t>
+    <x:t>Доставка и монтаж на професионално кухненско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОРХИДЕЯ 51 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2043-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на машина - багер-товарач</x:t>
   </x:si>
   <x:si>
     <x:t>СОФТ-А БИЛД ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1390-C01</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2043-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура 2: Закупуване на дълготрайни материални активи (ДМА) и Инструменти и оборудване под стойностния праг на същественост за ДМА</x:t>
   </x:si>
   <x:si>
     <x:t>ХИКС ИНЖЕНЕРИНГ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2627-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Възлагане на външни услуги за научни изследвания и изграждане на прототип.</x:t>
   </x:si>
   <x:si>
     <x:t>Софт Зен ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.001-0257-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Разработване и внедряване на интелигентна интегрирана платформа за изготвяне на хранителни и диетични менюта за възрастни</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на ДМА в две обособени позиции: Обособена позиция 1: Доставка на Хидравлична мулчираща косачка - 1 бр. и Обособена позиция 2: Доставка на хибридна косачка робот - 1 бр.</x:t>
   </x:si>
@@ -832,74 +823,74 @@
     <x:t xml:space="preserve">Доставка на оборудване по обособени позиции:
 ОП 1 Доставка на Апликатор -1бр.
 ОП 2 Доставка на Ролен ламинатор - 1 бр.
 ОП 3 Доставка на Сгъвачна машина за букви - 1 бр. 
 </x:t>
   </x:si>
   <x:si>
     <x:t>РД СИСТЕМС ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0161-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на ДМА и ДНА</x:t>
   </x:si>
   <x:si>
     <x:t>Внедряване на иновативно решение за паркинг и видеонаблюдение по обособени позиции:
 Обособена позиция 1: Автоматизирана система за управление на паркинг
 Обособена позиция 2: Цифрова система за видеонаблюдение и охрана</x:t>
   </x:si>
   <x:si>
     <x:t>С.Т.СЛЪНЧЕВ РАЙ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.003-0602-C01</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>BG-RRP-4.021-0087-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка и монтаж на оборудване по обособени позиции 
 Обособена позиция 1 МАШИНИ И ИНСТРУМЕНТИ ЗА ОБЩ СЕРВИЗ с прогнозна стойност 15 898,19 евро без ДДС;
 Обособена позиция 2 СПОМАГАТЕЛНИ МАШИНИ С ОБЩО ПРЕДНАЗНАЧЕНИЕ с прогнозна стойност  5 301,62 евро без ДДС
 Обособена позиция 3 СПЕЦИАЛИЗИРАНИ МАШИНИ ЗА АВТОМОБИЛНИ УРЕДБИ с прогнозна стойност 9 630,77 евро без ДДС	
 Обособена позиция 4 КРИКОВЕ И УСТРОЙСТВА ЗА ПОВДИГАНЕ с прогнозна стойност 7 216,25 евро без ДДС	
 Обособена позиция 5 СПЕЦИАЛНО ОБОРУДВАНЕ с прогнозна стойност 4 382,88 евро без ДДС	
 </x:t>
   </x:si>
   <x:si>
     <x:t>ПЛЕВЕН ЕКСПРЕС ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2215-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Изграждане на система за автоматизация и контрол"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗОРА-М.М.С. ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0087-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на машини и оборудване</x:t>
   </x:si>
   <x:si>
     <x:t>Бранд Ню Принт ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1635-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на специализирана техника за нуждите на ЕЦИХ в сектор строителство</x:t>
   </x:si>
   <x:si>
     <x:t>Изпълнение на мерки за Енергийно обновяване на административна сграда - ЕСМ 5: Подмяна на климатици</x:t>
   </x:si>
   <x:si>
     <x:t>ОЛИНЕЗА ПРЕМИУМ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-4.021-0353-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на производствени машини: Обособена позиция 1 (ОП1) Банцинг - 1 бр. Обособена позиция 2 (ОП2) Транспортьор - 1 бр.</x:t>
   </x:si>
@@ -1053,151 +1044,151 @@
 Обособена позиция 1: 
 1. Беседка – 1 бр. 
 2. Маса за хранене – 1 бр. 
 3. Столове за хранене – 8 бр. 
 4. Сет градинска маса с четири стола – 1 бр.
 Обособена позиция 2: 
 1. Ергономични офис бюра – 10 бр. 
 2. Ергономични офис столове – 10 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>"АМБИКС" ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-0941-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> Доставка на ЦПУ платформа за автоматичен SMT монтаж на печатни платки</x:t>
   </x:si>
   <x:si>
     <x:t>ПрофиАнтс Технолоджис ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0960-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка и инсталиране на хардуерно оборудване, в това число:
-[...28 lines deleted...]
-  <x:si>
     <x:t>Доставка, инсталиране, тестване и въвеждане в експлоатация на ДМА:
 - Обособена позиция 1 (ОП1): Сървърна система за виртуализация – 3бр.
 - Обособена позиция 2 (ОП2): Система за съхранение на данни – 1бр.</x:t>
   </x:si>
   <x:si>
     <x:t>Би Пи Ем Проджект ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2030-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване на бизнес модел и юридическа рамка от документи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Лийн Диджитал Солюшънс ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-2.006-0013-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 1 брой хидравличен самоиздигащ се кран с долно въртене</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДАРАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0748-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и въвеждане в експлоатация на Силов трансформатор за захранване на пещ за закаляване на стъкло - 1 брой</x:t>
   </x:si>
   <x:si>
     <x:t>ГЛАС ТАЙМ 3000 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1801-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на:
 Об. позиция 1.
 1. Лаптоп 1-ви вид- 1 брой;
 2. Лаптоп 2-ри вид- 4 броя;
 3. Таблет 1-ви вид- 1 брой;
 4. Таблет 2-ри вид- 1 брой.
 Об. позиция 4.
 1. Мрежов сторидж- 1 брой;
 2. Хард диск- 5 броя;
 3. UPS- 1 брой.</x:t>
   </x:si>
   <x:si>
     <x:t>УЕБ ДРИЙМС ГРУП ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2381-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Придобиване на Комплексно професионално металообработващо оборудване от ново поколение, включващо Център за автоматично огъване с CNC управление с прогнозна стойност до 103 400,09 евро /202 233,00 лева</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2516-C01</x:t>
+    <x:t>Закупуване на Роботизирана линия за катоднo електрофорезно боядисване (KTL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОНИ - 83 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0166</x:t>
   </x:si>
   <x:si>
     <x:t>„Предоставяне на туоператорски услуги за осигуряване на хотелско настаняване и изхранване на професионални художествени формации/ансамбли в рамките на изпълнение на инвестиция „Мета-култура: Велико Търново“ Договор за финансиране №BG-RRP-11.021-0015-С01 с финансовата подкрепа на Европейския съюз – NextGenerationEU“</x:t>
   </x:si>
   <x:si>
     <x:t>Фондация „Международен съвет на организаторите на фестивали за фолклор и традиционни изкуства-България /ЦИОФФ-България/“</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>BG16RFPR001-1.008-0166</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на оборудване за защита от неблагоприятен микроклимат. 
 Обособена позиция 1 – Доставка на Децентрализирана система за мониторинг с рекуперация за шивашки цех. 
 Обособена позиция 2 – Доставка на инверторни климатични системи.</x:t>
   </x:si>
   <x:si>
     <x:t>НОВА ЛИНИЯ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1741-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталиране на хардуерно оборудване, в това число:
+- Сървър тип 1 - 2 бр.;
+- Сървър тип 2 - 2 бр.;
+- Дисков масив към сървър тип 2;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТехноЛогика ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0578-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на Комплексно професионално металообработващо оборудване от ново поколение, включващо Център за автоматично огъване с CNC управление с прогнозна стойност до 103 400,09 евро /202 233,00 лева</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕГАС - 93 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2516-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на мобилни контейнери и оборудване за нуждите на работещите в „Менкаура“ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>МЕНКАУРА ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1146-C01</x:t>
   </x:si>
   <x:si>
     <x:t>РАЗХОДИ ЗА УСЛУГИ И РЕШЕНИЯ В ОБЛАСТТА НА ИКТ</x:t>
   </x:si>
   <x:si>
     <x:t>"НЕКСИ КОНСУЛТ" ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-1791-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на ДМА </x:t>
   </x:si>
   <x:si>
     <x:t>ВАКОМ АУТДОР ЕООД</x:t>
   </x:si>
@@ -1214,141 +1205,252 @@
     <x:t>BG16RFPR001-1.004-1451-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Услуги и решения в областта на ИКТ </x:t>
   </x:si>
   <x:si>
     <x:t>ГРАНД СЪПОРТ СОД ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0270-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на медицинско оборудване
 Обособена позиция (ОП) 1 Колкоскоп - 1бр.
 Обособена позиция (ОП) 2   Гинекологичен стол - 1бр.
 Обособена позиция (ОП) 3  Ултразвукова система - 1бр.
 </x:t>
   </x:si>
   <x:si>
     <x:t>МЕДИЦИНСКИ ЦЕНТЪР ЗДРАВЕ-1 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0882-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Доставка на линия за пакетиране на хляб – 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕЛВАС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2228-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на снимачна, озвучителна и осветителна техника и помощно оборудване за монтаж на видео съдържание</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕМАНУИЛ АЛБЕРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1823-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Доставка на оборудване за извършване на обследване за енергийна ефективност (светломер, високоточен термометър, измервател на разстояние, двуканален измервателен АС/АС прибор, разходомер за малки и големи тръби, анализатор за димни газове, анемометър); Георадар, таблет съвместим с георадар, детектор за армировка в бетон, склерометър и наковалня за склерометър, Lidar камера, тотална станция; Доставка на сървър; Доставка и внедряване на ERP, CRM и система за бизнес анализи</x:t>
   </x:si>
   <x:si>
     <x:t>СС-КОНСУЛТ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2688-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Избор на изпълнител за доставка и въвеждане в експлоатация на ДМА : Бензинов вибромастар, Галванизирано метално скеле „Н“ система, Пердашка за бетон, Акумулаторен зелен линеен лазерен нивелир, Комплект акумулаторни машини, Комплект машина за мазилки и шпакловки и компресор за въздух, Моторен трион, Комплект акумулаторни инструменти, Мобилно алуминиево скеле, Електрически трион тип "Алигатор", Жираф за шлайфане</x:t>
   </x:si>
   <x:si>
     <x:t>ЕВРО-БИЛД ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1393-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на производствено оборудване</x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-1175-C01</x:t>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на 5-цветна производствена дигитална печатна система - 1бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛФА СТАР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2196-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на специализирано високотехнологично оборудване в "Поликарт" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПОЛИКАРТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2013-C01</x:t>
   </x:si>
   <x:si>
     <x:t>„Изграждане и въвеждане на дигитални решения във връзка с изпълнение на Договор № BG16RFPR001-1.012-0929-C01 /22.01.2026 г. с бенефициент „ТЕРА ГРАНД“ ЕООД, финансиран по процедура BG16RFPR001-1.012 „Дигитализация на предприятията“, Програма „Конкурентоспособност и иновации в предприятията“ 2021–2027 г.“ по три обособени позиции:
 - Обособена позиция № 1: „Въвеждане на система за управление на ресурсите (ERP система)“
 - Обособена позиция № 2: „Изграждане на система за архивиране на информацията“
 - Обособена позиция № 3: „Изграждане на система за управление на съхранението и споделянето на информация“</x:t>
   </x:si>
   <x:si>
     <x:t>"ТЕРА ГРАНД"  ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.012-0929-C01</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на 5-цветна производствена дигитална печатна система - 1бр. </x:t>
-[...5 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2196-C01</x:t>
+    <x:t>Закупуване на ДМА - машини, съоръжения, оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРО РЕМОНТ СТРОЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2076-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЛЯНКА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1175-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудвани преместваеми контейнери за отдих и хранене</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮГСТРОЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1863-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител/и за доставка и въвеждане в експлоатация на машини, инструменти и оборудване по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИКНАЙС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0546-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на компютърна техника и 3D скенер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЙЧ КЮ ИНВЕСТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1614-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за предпътен технически преглед на собствени превозни средства</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИ ЕМ ДИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1336-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Ремонт на съществуващата подстанция - от втори етап на проект „Вътрешноплощадкова обслужваща инфраструктура – път, газификация, площадкови водоснабдяване и канализация, улично осветление и трансформаторни станции в УПИ V-1306 и УПИ IX – 2058,2103 на кв.10, м. "НПЗ Илиянци - Запад", Район Надежда – СО, ПИ 68134.1372.2107 и ПИ 68134.1372.2105 Индустриален парк „Рожен 41“, бул. „Рожен“ №41</x:t>
   </x:si>
   <x:si>
     <x:t>РИЪЛ ЕСТЕИТС ДИВЕЛЪПМЪНТ ЕАД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.007-0003-C02</x:t>
   </x:si>
   <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на специализирано високотехнологично оборудване за изграждане на преносни и разпределителни електрически инсталации и мрежи по 2 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛКОМО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2277-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на колонни климатици</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЦВЕТЕЛИНА-93 ИВАН ГЕНЧЕВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1497-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>„Абонаментно почистване на офис помещения на МОМ“</x:t>
   </x:si>
   <x:si>
+    <x:t>Осигуряване на превод</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0016-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталация на мобилен единичен контейнер (оборудван) – 4 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УАЙЪР ПРОДАКШЪН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2409-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане на 1 бр. вентилационна система (инсталация), в изпълнение на проект № BG05SFPR002-1.004-2044-C02 „Осигуряване на устойчиви условия на труд и подобряване на качеството на работните места в "ПЕТКО ПЕТКОВ-24" ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПЕТКО ПЕТКОВ - 24 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2044-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Доставка, монтаж и въвеждане в експлоатация на оборудване за бар и кухня по две обособени позиции“ 
+Обособена позиция 1: Доставка на материални активи за вътрешно обзавеждане.Обособена позиция 2: Доставка кухненско оборудване. 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"МСД 2016" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0171</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG65AMPR001-2.001-0002-C02</x:t>
   </x:si>
   <x:si>
-    <x:t>Осигуряване на превод</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BG65AMPR001-2.001-0009-C03</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0001-C02</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка и инсталация на мобилен единичен контейнер (оборудван) – 4 броя</x:t>
-[...17 lines deleted...]
-    <x:t>BG65AMPR001-2.001-0016-C02</x:t>
+    <x:t>Доставка на:
+1 бр. Tелескопичен товарач, оборудван с вилици и кофа</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАС ТРАНС 88 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0757-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на оборудване и техника</x:t>
   </x:si>
   <x:si>
     <x:t>БИЛДАХ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0787-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
   </x:si>
   <x:si>
     <x:t>Технически Университет - София</x:t>
   </x:si>
@@ -1733,51 +1835,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E140"/>
+  <x:dimension ref="A1:E151"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -2343,71 +2445,71 @@
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B35" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>46069</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>46070</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B38" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
@@ -2451,54 +2553,54 @@
       </x:c>
       <x:c r="B41" s="2">
         <x:v>46059</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B42" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B43" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
         <x:v>46077</x:v>
       </x:c>
       <x:c r="B44" s="2">
         <x:v>46070</x:v>
@@ -2666,153 +2768,153 @@
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B54" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>46070</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>46069</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B57" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B58" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E58" s="0" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B59" s="2">
         <x:v>46069</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2">
         <x:v>46078</x:v>
       </x:c>
       <x:c r="B60" s="2">
         <x:v>46071</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2">
-        <x:v>46078</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>46069</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B62" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
@@ -2836,68 +2938,68 @@
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B64" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>46070</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>46072</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B67" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
@@ -2955,111 +3057,111 @@
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B71" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>46072</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46071</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B74" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B75" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B76" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B77" s="2">
         <x:v>46072</x:v>
@@ -3080,71 +3182,71 @@
       </x:c>
       <x:c r="B78" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B79" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B80" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B81" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B82" s="2">
         <x:v>46072</x:v>
@@ -3159,77 +3261,77 @@
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B83" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>46072</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>46070</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B86" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B87" s="2">
         <x:v>46072</x:v>
@@ -3261,170 +3363,170 @@
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B89" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
         <x:v>46079</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46072</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2">
-        <x:v>46079</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>46071</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B92" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>46073</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>46072</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>46073</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>46070</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>46072</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B98" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
@@ -3465,51 +3567,51 @@
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B101" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B102" s="2">
-        <x:v>46073</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B103" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
@@ -3533,636 +3635,823 @@
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B105" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B106" s="2">
-        <x:v>46073</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B107" s="2">
-        <x:v>46072</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B108" s="2">
-        <x:v>46071</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B109" s="2">
-        <x:v>46073</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E109" s="0" t="s"/>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B110" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="D110" s="0" t="s">
+      <x:c r="E110" s="0" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B111" s="2">
-        <x:v>46072</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D111" s="0" t="s">
+      <x:c r="E111" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E111" s="0" t="s"/>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B112" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="2">
         <x:v>46080</x:v>
       </x:c>
       <x:c r="B113" s="2">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="2">
-        <x:v>46080</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="B114" s="2">
-        <x:v>46072</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="2">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="B115" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="2">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="B116" s="2">
-        <x:v>46073</x:v>
+        <x:v>46074</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="2">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="B117" s="2">
-        <x:v>46074</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:5">
       <x:c r="A118" s="2">
-        <x:v>46081</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B118" s="2">
-        <x:v>46073</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D118" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E118" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:5">
       <x:c r="A119" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B119" s="2">
         <x:v>46076</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="D119" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="E119" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:5">
       <x:c r="A120" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B120" s="2">
-        <x:v>46072</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D120" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E120" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:5">
       <x:c r="A121" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B121" s="2">
-        <x:v>46076</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5">
       <x:c r="A122" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B122" s="2">
-        <x:v>46073</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E122" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5">
       <x:c r="A123" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B123" s="2">
-        <x:v>46075</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5">
       <x:c r="A124" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B124" s="2">
         <x:v>46076</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="E124" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5">
       <x:c r="A125" s="2">
         <x:v>46083</x:v>
       </x:c>
       <x:c r="B125" s="2">
-        <x:v>46073</x:v>
+        <x:v>46075</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E125" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5">
       <x:c r="A126" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B126" s="2">
-        <x:v>46069</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E126" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5">
       <x:c r="A127" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B127" s="2">
-        <x:v>46070</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E127" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5">
       <x:c r="A128" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B128" s="2">
-        <x:v>46070</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E128" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5">
       <x:c r="A129" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B129" s="2">
-        <x:v>46070</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="E129" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5">
       <x:c r="A130" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B130" s="2">
-        <x:v>46069</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E130" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5">
       <x:c r="A131" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B131" s="2">
-        <x:v>46069</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E131" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5">
       <x:c r="A132" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B132" s="2">
         <x:v>46073</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E132" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5">
       <x:c r="A133" s="2">
-        <x:v>46085</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B133" s="2">
-        <x:v>46069</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E133" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5">
       <x:c r="A134" s="2">
-        <x:v>46085</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="B134" s="2">
-        <x:v>46069</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E134" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5">
       <x:c r="A135" s="2">
         <x:v>46085</x:v>
       </x:c>
       <x:c r="B135" s="2">
-        <x:v>46070</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E135" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5">
       <x:c r="A136" s="2">
         <x:v>46085</x:v>
       </x:c>
       <x:c r="B136" s="2">
         <x:v>46070</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E136" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5">
       <x:c r="A137" s="2">
-        <x:v>46090</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B137" s="2">
-        <x:v>46076</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="E137" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5">
       <x:c r="A138" s="2">
-        <x:v>46172</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B138" s="2">
-        <x:v>45783</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E138" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5">
       <x:c r="A139" s="2">
-        <x:v>46173</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B139" s="2">
-        <x:v>46034</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E139" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5">
       <x:c r="A140" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B140" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B141" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C141" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E141" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B142" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E142" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B143" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C143" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E143" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:5">
+      <x:c r="A144" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B144" s="2">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="C144" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="D144" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E144" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:5">
+      <x:c r="A145" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B145" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C145" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D145" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E145" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:5">
+      <x:c r="A146" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B146" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C146" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D146" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E146" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:5">
+      <x:c r="A147" s="2">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B147" s="2">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="C147" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="E147" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:5">
+      <x:c r="A148" s="2">
+        <x:v>46090</x:v>
+      </x:c>
+      <x:c r="B148" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E148" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:5">
+      <x:c r="A149" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B149" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C149" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D149" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="E149" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:5">
+      <x:c r="A150" s="2">
+        <x:v>46173</x:v>
+      </x:c>
+      <x:c r="B150" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="C150" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="E150" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:5">
+      <x:c r="A151" s="2">
         <x:v>46317</x:v>
       </x:c>
-      <x:c r="B140" s="2">
+      <x:c r="B151" s="2">
         <x:v>45671</x:v>
       </x:c>
-      <x:c r="C140" s="0" t="s">
-[...6 lines deleted...]
-        <x:v>372</x:v>
+      <x:c r="C151" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="E151" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>