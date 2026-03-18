--- v4 (2026-02-23)
+++ v5 (2026-03-18)
@@ -1,1465 +1,1223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33578d65b2db4b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bb84ecc20eca4150b9f0a1605cbcc002.psmdcp" Id="R31d3ec59ff2f4f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec10962e5b3e4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5070d045a96f48c287eec3ad9140a3fe.psmdcp" Id="R6a48906997054de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Tenders and Offers" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="406">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="335" uniqueCount="335">
   <x:si>
     <x:t>Offers submission deadline</x:t>
   </x:si>
   <x:si>
     <x:t>Announcement date of procedure for external assignment</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure subject</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>Contract registration number</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на оборудване под прага на същественост за ДМА.</x:t>
-[...64 lines deleted...]
-5. Климатик (5 вид)- 2 броя.
+    <x:t>Внедряване на нови дигитални решения с цел повишаване нивото на дигитализация в ЕКО-КОНСУЛТ-ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕКО-КОНСУЛТ-ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0035-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на лични предпазни средства и специално работно облекло</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЙ МОНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0628-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ЛПС и специално работно облекло в „М-Стронг“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"М - СТРОНГ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1596-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Цифрова дискусионна система 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хибридни Събития ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1304-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на климатици:  Колонен климатик – 4 броя; Климатик сплит система – 6 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РАЙТ РЕНТАЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0803-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Отпечатване на 10 заглавия комикси</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАРМОТ БУКС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.024-0020-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на  Автоматична система за дозиране на адитиви и последващо хомогенизиране -1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КМВ Лабс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0173-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за печат на фотографска продукция</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛБЕДО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0237-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на: - Мултифункционален готварски уред с окомплектовка- 1 бр; - Парен конвектомат със стойка - 2бр - Съдомиялна машина - 1бр; - Хладилен шкаф тип 1 - 5бр; - Хладилен шкаф тип 2 - 2бр.; -Шоков охладител/замразител - 1бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХОТЕЛ ЗАРЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0365-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка  на ИКТ решение:
+•	Обособена позиция 1 - Въвеждане на система за управление на ресурсите (ERP система) - 1 бр.
+•	Обособена позиция 2 - Въвеждане на система за управление на взаимоотношенията с клиенти (CRM система) – 1 бр.
+•	Обособена позиция 3 - Въвеждане на система за бизнес анализи (Business Intelligence система) - 1 бр.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ПРОТЕЙ - М ЕООД</x:t>
-[...40 lines deleted...]
-Комбиниран диоден лазер с два лазера в един апарат - 1 бр.</x:t>
+    <x:t>ХИДРАВЛОН-1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1905-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА за оборудване на архитектурен офис.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Цоневски ПК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0688-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Система за контрол и анализ при производство и потребление на електрическа енергия</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕМ АР ПАУЪР БЪЛГАРИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0986-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на Машина за пълнене ,измиване и затваряне на бутилки за негазирани напитки в моноблок 3 в 1  - 1 бр и Машина за пълнене, измиване и затваряне на бутилки за газирани напитки в моноблок 3 в 1 - 1 бр 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЖИ ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0946-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на "Полираща машина – 1 брой"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОММСЕТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1264-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване на оборудване за стоматологичен кабинет с обособени позиции:
+ОП 1: Доставка и инсталация на Стоматологичен юнит и Периферия към стоматологичен юнит - 1 брой
+ОП 2: Доставка на Интраорален рентген - 1 брой
+ОП 3: Доставка на Апарат за сканиране на фосфорни плаки - 1 брой
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ГРУПОВА ПРАКТИКА ЗА ПЪРВИЧНА МЕДИЦИНСКА ПОМОЩ - РОДИДЕНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1925-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на верижен багер </x:t>
+  </x:si>
+  <x:si>
+    <x:t>"БИСЕР - БИСЕР ТОМОВ" ЕТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0753-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Осигуряване на настаняване, изхранване и вътрешен транспорт за участниците в обмяната на опит - Сдружение „Активно Българско Общество“
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сдружение „Активно българско общество“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка,монтаж и въвеждане в експлоатация на ново технологично оборудване за дейността на тенекеджийските, бояджийски и ремонтни услуги.
+Обособена позиция 1 - Камера за боядисване L6.90xH2.65xW3.9 с с 2х7.5 kW мотори, турбо вентилатор, с газова горелка  1 бр.
+Обособена позиция 2 - Тестер за проверка на амортисьори на ос до 2.5т- 1 бр. 
+Обособена позиция 3 - Ножичен подемник за вграден монтаж с кит за нулево ниво- 1 бр.
+Обособена позиция 4 - Двуколонен подемник 4т. с горна синхронизация XL- 1 бр. 
+Обособена позиция 5 - Въздушен винтов компресор, фреонов изсушител и вертикален ресивер модел: – 1000 л – 1 бр.
+Обособена позиция 6 - Тестер за тестване на хлабини в окачването- 1 бр.
+Обособена позиция 7 - Ексцентър шлайф машина уред за шлайфане с ексцентрик с възможност за присъединяване към прахоизсмукване- 1 бр. 
+Обособена позиция 8 - Индукционен нагревател- 1 бр. 
+Обособена позиция 9 - Мултипроцесна машина за МИГ/МАГ, РЕД-заваряване и ВИГ заваряване - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИО ГОРИВА-БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1535-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разходи за придобиване на дълготрайни материални активи (ДМА):
+1.Режеща маса със осицлираща и биговаща глава - 1бр
+2. СО2 лазер - 1бр
+3. Машина за плосък дигитален топъл печат - 1бр
+4.  Хидравлична гилотина -1бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АНГРАФ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0807-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ултразвукова диагностична апаратура,елетроенцефалограф и електромиограф за неврологичен кабинет в гр.Варна.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА СПЕЦИАЛИЗИРАНА ИЗВЪНБОЛНИЧНА МЕДИЦИНСКА ПОМОЩ - Д-Р БОРЯНА ИЛЧЕВА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0679-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Разработване и въвеждане в експлоатация на мобилно приложение за аудиокниги“ - Мобилно приложение за аудиокниги – 1 бр. – 64 000,00 лв. без ДДС или 32 722,68 евро без 
+ДДС </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ейч Ем Ар Логос ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1749-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на ДМА, свързани с повишаване на производствения капацитет на ДСД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДСД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1329-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане и тестване на прототип на иновативна билинг платформа за кратки текстови съобщения.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОМНИЛИНКС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0218-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на изпълнител за доставка, монтаж и пускане в експлоатация на ДМА, инструменти и оборудване под стойностния праг на същественост за ДМА:
+Обособена позиция № 1: Стоматологичен комплект с горно окачване на шланговете  – 4 бр. 
+Обособена позиция № 2: Автоклав – 1 бр. 
+Обособена позиция № 3: Имплантологичен мотор – 1 бр. 
+Обособена позиция № 4: Безжичен автоматичен драйвър – 1 бр. 
+Обособена позиция № 5: Хирургичен кит за синус лифт – 1 бр. 
+Обособена позиция № 6: Сет за водена хиругия – 1 бр. 
+Обособена позиция № 7: Интраорален скенер –1 бр.
+Обособена позиция № 8: Комплект хирургически лупи – 1 бр. 
+Обособена позиция № 9: LED оптични преносими системи – 1 бр. 
+Обособена позиция №10: Обратен наконечник за имплантология – 5  бр.
+Обособена позиция №11: Прав наконечник – 5 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕНТАЛЕН ЦЕНТЪР ИЗИ ДЕНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2170-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>об. позиция 1.
+Доставка и въвеждане в експлоатация на:
+1. Електро-механична машина за рязане на пръти от арматурна стомана - 1 брой.
+об. позиция 2.
+Доставка и въвеждане в експлоатация на:
+1. Машина с ЦПУ за огъване на арматура - 1 брой.
+об. озиция 3.
+Доставка и въвеждане в експлоатация на:
+1. Машина за изправяне и рязане на права и оребрена арматура - 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕРМО ПРОЕКТ КОМЕРСИАЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1326-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОФЛЕХ ВиВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0675-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Изграждане на системи за обработка на информация за нуждите на "ТАНГО СХМ" ЕООД по две обособени позиции: 
+ОП 1: Изграждане на система за архивиране на информация; 
+ОП 2: Изграждане на система за управление на съхранението и споделянето на информация </x:t>
+  </x:si>
+  <x:si>
+    <x:t>”ТАНГО СХМ ” ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0153-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на ДМА за инженерни дейности и проектиране, вклюващи: 
+Обособена позиция 1: Сървър 1 бр.;  
+Обособена позиция 2: Работни станции 2 бр.; 
+Обособена позиция 3: Система за обследване на жилищни и промишлени сгради и открити парцели 1 бр.; 
+Обособена позиция 4: Система за плотиране на електрически проекти 1 бр.".</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИТ ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1931-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАКОМ АДВЪРТАЙЗИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2647-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на:
+ - Автоматизирана бутилираща машина  - 1 бр.;
+- Машина за затваряне на капачки, помпи и пулверизатори - 1 бр.;
+- Стековаща машина - 1 бр.;
+- Машина за стречоване на палета - 1 бр.;
+- Подгряваща вана с разбъркване 1000L - 1 бр.;
+- Подгряваща вана с разбъркване 1500L - 1 бр.
+във връзка с изпълнение на проект BG16RFPR001-1.004-0871-C01 “Подобряване на производствения капацитет на Дабъл Д Груп ЕООД”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДАБЪЛ Д ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0871-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Изграждане на система за защита на информацията в локална мрежа за нуждите на "ТАНГО СХМ" ЕООД </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на оборудване: камерни пещи - 2 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГИДЕКС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2162-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на хоризонтален струг с удължено тяло и фрезова функция</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЛИМ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0670-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка, монтаж, пускане в експлоатация на широкоформатен солвентен принтер - 1 бр. за повишаване на производствения капацитет в АртПринтШоп ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АртПринтШоп ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1896-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на 1 бр. иновативна автоматизирана линия за прахово боядисване, съгласно приложена техническа спецификация, състояща се от: 
+1.	Проходна пещ за изпичане на детайли с положено прахово полимерно покритие-1 бр.
+2.	Проходна пещ за сушене на метални детайли – 1 бр.
+3.	Аспирационна кабина тип „Отворен“ за прахово полимерни бои – 2 бр.
+4.	Еднозонова автоматизирана миялна за предподготовка на детайли за прахово боядисване – 1 бр.“.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>САНД-СА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2282-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА за работа с лицензиран архитектурен софтуер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АВИ Архитекти ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2083-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Създаване на онлайн магазин за нуждите на "ПОЛИНА ФУРНА" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПОЛИНА ФУРНА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0152-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на 2 бр. Филтрираща система за въздух  по проект BG05SFPR002-1.004-1138-C01 “Добра работна среда и по- качествени работни места”  във фирма "ПЕРЛАМЕТ СЕ" ООД  ЕИК: 040540837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПЕРЛАМЕТ СЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0935-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Избор на изпълнител за доставка, монтаж и въвеждане в експлоатация на ДМА: NAS сървър, окомплектован с дискове 1 брой; мултифункционални устройства - 2 броя; преносим компютър - тип 1 - 1 брой; преносим компютър - тип 2 - 1 брой; преносим компютър - тип 3 - 3 броя; комутатор - 1 брой"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТРОЙКОНСУЛТ-ГН 99 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1430-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Инженеринг за доставка, инсталация и присъединяване на 2 броя бързозарядни станции при ПЗ „Север“, гр.Бургас, захранени от п/ст 110/20 kV „Бургас Индустрия“ и 2 броя бързозарядни станции при кв.Акациите, гр.Бургас, захранени от п/ст 110/20 kV „Рибари“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕСО Чардж ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Изграждане на системи за обработка на информация за нуждите на "ПОЛИНА ФУРНА" ООД по две обособени позиции: 
+ОП 1: Изграждане на система за архивиране на информация; 
+ОП 2: Изграждане на система за управление на съхранението и споделянето на информация </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА: Реверсивна вибрационна плоча - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВОДКОНСУЛТ - ЙОРДАНОВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2637-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане на система за защита на информацията в локална мрежа за нуждите на "ПОЛИНА ФУРНА" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на шевни машини</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВИКИНГ ХОУМ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2860-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Дигитална трансформация чрез въвеждане на системи в „Архитектурно ателие 13” ЕООД”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРХИТЕКТУРНО АТЕЛИЕ 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1068-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Създаване на онлайн магазин за нуждите на "ТАНГО СХМ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на фолклорни костюми по проект № BG-RRP-11.020-0141-C02 “По Зарезан”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Фолклорен свят - Марица Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.020-0141-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на специализирани ДМА и ДНА за подобрявана на производствения капацитет на ДН-АРХ СТУДИО по три обособени позиции:
+Обособена позиция 1: Доставка на ДМА
+Доставка на работна станция с монитор - 2 бр. 
+Екран за презентации - 1 бр.
+Таблет - 1 бр.
+Лаптоп - 2 бр.
+ТОКОЗАХР. У-ВО UPS - 3 бр. 
+Обособена позиция 2: Система за съхранение и защита на информация - 1бр.
+Обособена позиция 3: Доставка на CRM софтуер за нуждите на ДН-АРХ СТУДИО ЕООД- 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДН - АРХ СТУДИО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0810-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ресторантьорско  и кухненско оборудване по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИЯ 2016 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0234-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Подобряване на производствения капацитет на Комен-БГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОМЕН - БГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2598-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за въвеждане на ИКТ и дигитални решения във фирма НЕОН 10 ООД по обособени позиции: 
+Обособена позиция 1: Въвеждане на система за управление на ресурсите (ERP система) - 1 бр. и въвеждане на система за управление на продажбите на дребно (Point of sale система) - 1 бр. 
+Обособена позиция 2: Изграждане на система за архивиране на информация - 1 бр. и изграждане на система за защита на информацията в локална мрежа - 1 бр."</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"НЕОН 10" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1199-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор с публична покана на ДМА в 4 обосoбени позиции, както следва:
+Обособена позиция 1: „Доставка и въвеждане в експлоатация на Пакетираща машина“;
+Обособена позиция 2: „Доставка и въвеждане в експлоатация на Полуавтоматична система за ламиниране“;
+Обособена позиция 3: „Доставка и въвеждане в експлоатация на Цифрова машина с два инструмента за изрязване и биговане“;
+Обособена позиция 4: „Доставка и въвеждане в експлоатация на Цветна печатна преса“.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Асеневци трейд ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0333-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, монтаж и пускане в експлоатация на Локална аспирационна система при източника на отделяне на вредни вещества от трошачно-пресевни процеси при преработка на стоманобетон по проект “Добра работна среда и по- качествени работни места в "ПЕРЛАМЕТ СЕ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Въвеждане на Система за управление на ресурсите (ERP система)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Избор на изпълнител за доставка, монтаж и въвеждане в експлоатация на оборудване и за доставка на инструменти и оборудване под стойностния праг на съществемност на ДМА"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ШУШНЕВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0141-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на компютърно оборудване, както следва:
+Обособена позиция 1 - Доставка на компютърно оборудване за нуждите на архитектурно бюро:
+Лаптоп - вид 1 - 1 бр. 
+Лаптоп - вид 2 - 1 бр. 
+Таблет - 1 бр.
+Компютърна конфигурация - 5 бр.
+Монитор - 10 бр. 
+Твърд диск - 4 бр.
+Обособена позиция 2 - Доставка на мултифункционално устройство за нуждите на архитектурно бюро:
+Мултифункционално устройство - 1 бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДВЕРИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2750-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Въвеждане на Система за управление на ресурсите (ERP система) </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Покупка и доставка на оборудване за строителна дейност“
+Обособена позиция 1 Перфоратор 
+Обособена позиция 2 Перфоратор 
+Обособена позиция 3 Къртач
+Обособена позиция 4 Къртач
+Обособена позиция 5 Къртач
+Обособена позиция 6 Диамантно пробивна машина
+Обособена позиция 7 Прахосмукачка
+Обособена позиция 8 Стойка за бормашина
+Обособена позиция 9 Диамантно пробивна машина
+Обособена позиция 10 Стойка за бормашина
+Обособена позиция 11 Фреза за канали
+Обособена позиция 12 Ротационен лазер
+Обособена позиция 13 Техника за вибриране на бетон
+Обособена позиция 14 Влагоуловител
+Обособена позиция 15 Уплътняваща техника виброплоча
+Обособена позиция 16 Уплътняваща техника трамбовка
+Обособена позиция 17 Настолна машина за рязане на тухли
+Обособена позиция 18 Фасадно скеле
+Обособена позиция 19 Кофраж за стени и колони 
+Обособена позиция 20 Хаспел за керемиди
+Обособена позиция 21 Оптичен нивелир 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТРОЙ М ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1781-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАКОМ АУТДОР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2888-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ергономични офис столове и оборудване на кът за хранене, място за отдих, хранене и почивка във “Водно строителство – Силистра” АД  по обособени позиции:
+Обособена позиция 1: Доставка на ергономични офис столове – 9 бр.
+Обособена позиция 2:  Доставка и монтаж на обзавеждане: 
+2.1 Кухня от МДФ – 1 брой; 
+2.2 Кухненска маса – 1 брой; 
+2.3 Кухненски стол – 8 броя; 
+2.4 Бар маса – 1 брой;
+2.5 Бар столове – 4 броя; 
+Обособена позиция 3: Доставка на оборудване за кухненски кът и стая за почивка: 
+3.1 Микровълнова печка – 2 броя; 
+3.2 Хладилник с фризер – 2 броя; 
+3.3 Диспенсър за вода – 2 броя; 
+3.4 Кафемашина – 2 броя; 
+3.5 Тостер – 2 броя; 
+3.6 Комплект прибори – 4 броя; 
+3.7 Комплект чинии – 4 броя; 
+3.8 Комплект чаши за вода – 4 броя; 
+3.9 Комплект чаши за кафе – 4 броя; 
+3.10 Климатик – 1 брой; 
+Обособена позиция 4: Доставка на оборудване за мобилни контейнери
+(..следва в описание)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВОДНО СТРОИТЕЛСТВО-СИЛИСТРА АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0301-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Въвеждане на услуги и решения в областта на ИКТ в следните обособени позиции: Обособена позиция 1 : Въвеждане на модул/система за управление на продажбите на дребно (Point-of-Sale система) Обособена позиция 2 : Въвеждане на система за бизнес анализи (Business Intelligence система)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРИДЖИ ЕФЕКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1732-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на "Електрическа фурна за изпичане на изделия от стъкло и порцелан - 1 брой, във връзка с изпълнение на договор № BG16RFPR001-1.004-2384-C01 „Подобряване на технологичното оборудване в Декор България ЕООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕКОР БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2384-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на специализирано оборудване за автосервиз </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Трейд Кар-93 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0691-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване на 2 бр. мобилни приложения - мобилно приложение (Android или еквивалентно) - 1 бр. и мобилно приложение (IOS или еквивалентно) - 1 бр., и  осъществяване на интеграция на разработените мобилни приложения в иновативна система за локализиране на домашни любимци.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛОКАТОР БГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0447-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на дълготрайни материални активи (ДМА) – шевни машини за производство на облекло:
+Едноиглова права машина за двуконечен затворен грайферен бодов ред - 6 бр.
+Двуиглова двуконечна шевна система за двуконечен затворен грайферен бодов ред - 1 бр.
+Трииглова петконечна цилиндрична покривна машина - 1 бр.
+Двуиглов петконечен оверлог - 3 бр.
+Двуиглов четириконечен оверлог - 1 бр.
+Едноиглова верижна машина за едноконечен "сляп бод" - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СУЗИ СТИЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1510-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, инсталация и въвеждане в експлоатация на специализирано оборудване за довършителни операции на рекламни материали</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕКЛАМНА АГЕНЦИЯ ДЕЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2661-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на интегрирана система за управление на ресурсите (ERP) и система за управление на взаимоотношенията с клиенти (CRM) за нуждите на Частно средно училище „Откривател“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Частно средно училище "Откривател" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1675-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на апарат за транскраниална и периферна високоинтензивна магнитна стимулация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕДИКТА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1758-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">
+„Предоставяне на услуги по внедряване на съвременни софтуерни решения в областта на информационните и комуникационни технологии (ИКТ), с цел повишаване нивото на дигитализация, ефективността и интегрираното управление на бизнес процесите в  Стилиана ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Стилиана ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0333-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване и доставка на техника и оборудване за проектантско бюро</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОДУЛОР - 2 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2606-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на CNC обработващ център - 1 бр. във връзка с изпълнение на проект BG16RFPR001-1.004-0767-C01 “Подобряване на производствения капацитет на ВЕЛИНТРЕЙД ЕООД”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕЛИНТРЕЙД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0767-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на хладилно кухненско оборудване и професионално кухненско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЖУЛИ-43 - ИВАН ЮРУКОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1294-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и въвеждане в експлоатация на специализирана техника за нуждите на ЕЦИХ в сектор строителство по две обособени позиции“:
+Обособена позиция № 1: „Доставка на компютърна и периферна техника и принадлежности“;
+Обособена позиция № 2: „Доставка на професионален дрон“.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Камара на строителите в България</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.001-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на Машина за ламиниране - 1 брой </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АН - ТАЙС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2360-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Алуминиево скеле, Заваръчен апарат, Безкабелен ъглошлайф, Ударно-пробивна машина, Безкабелна удърна машина, Измервател на съпротивление на изолация, Тестер за Ethernet кабели</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛСТОРМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2761-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, инсталиране, тестване и пускане в експлоатация на ДМА по следните обособени позиции:
+Обособена позиция 1: Машина за производство на опаковки от велпапе  - 1 брой
+и 
+Обособена позиция 2: Двуцветна машина за флексопечат върху велпапе - 1 брой
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ПАКИТ.БГ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1902-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Предоставяне на услуги по внедряване на съвременни софтуерни решения в областта на информационните и комуникационни технологии (ИКТ), с цел повишаване нивото на дигитализация, ефективността и интегрираното управление на бизнес процесите в МАКУЛ -В ЕООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАКУЛ -В ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1681-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ново производствено оборудване в производствената база на "КМС" ЕАД в гр. Кнежа в две обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КМС ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0084-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за внедряване на специализирани софтуерни решения за управление на бизнес процесите в „БЕТОНИТИ“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЕТОНИТИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0751-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на специализирано високотехнологично оборудване по 2 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРАЙМ ТАЙМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2409-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на оборудване за стоматологична практика по обособени позиции Обособена позиция 1. Уред за определяне на цвета – 1 бр. Обособена позиция 2. Комбиниран диоден лазер с два лазера в един апарат - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ПЪРВИЧНА ИЗВЪНБОЛНИЧНА МЕДИЦИНСКА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА К И М ДЕНТ - Д-Р ИВАЛИНА СТ. КУНЧЕВА-МИЛОВА ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1774-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на:
-[...138 lines deleted...]
-Обособена позиция 3: Заваръчен шлем</x:t>
+    <x:t>Доставка и въвеждане в експлоатация на технологично оборудване и софтуер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНФРАКОНСТРУКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1295-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, монтаж и въвеждане в експлоатация на Контейнер – 3 броя
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕТАЛ ИНВЕСТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0574-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Подобряване енергийната ефективност чрез енергийно обновяване на сградния фонд на ПАРАДАЙЗ ГРУП ЕООД”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПАРАДАЙЗ ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0387-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на минибагер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИЛДИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0853-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на хардуерно специализирано оборудване с две позиции ОП 1 - монитор -3 бр, МУЛТИФУНЦИОНАЛЕН ЦВЕТЕН СКЕНЕР, КОПИР, ПРИНТЕР, ШИРОКОФОРМАТЕН ЦВЕТЕН МАСТИЛЕНО СТРУЕН ПРИНТЕР – ПЛОТЕР (стойка и - 12 цвята, ФОТО ПРИНТЕР, И ОП 2 - ПРОФЕСИОНАЛЕН НАСТОЛЕН КОМПЮТЪР -2 бр., ПРОФЕСИОНАЛЕН НАСТОЛЕН КОМПЮТЪР - 1 БРОЙ.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРХПРО ЛУЛЕВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2568-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и внедряване на ИКТ решения за дигитализация на дейността на „КЕЙ СОЛЮШЪНС“ ООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"КЕЙ СОЛЮШЪНС" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0129-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Провеждане на научно изследване: Обособена позиция № 1: Прототипиране на хардуер и Обособена позиция №2: Прототипиране на софтуер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЙ ВИ ТЕК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0099-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изобр на изпълнител за възлагане на научно изследване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕКОПЛАСТИКС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0133-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пуск в експлоатация на ДМА с обособени позиции:
+Обособена позиция 1: Настолен компютър 5 бр., Монитор 5 бр., Графичен таблет 5 бр., Цветен лазерен принтер 1 бр.
+Обособена позиция 2: Машина за печат върху текстил 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЙДИЪС ЛАБ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1624-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Об. позиция 1.
+Доставка и въвеждане в експлоатация на:
+1.	Преносим компютър за проектиране, първи тип- 2 броя;
+2.	Преносим компютър за проектиране, втори тип- 1 брой;
+3.	Преносим компютър за икономически отчети и анализи с характеристики- 1 брой;
+4.	Преносим компютър за проектиране, трети тип- 1 брой;
+5.	Настолна компютърна работна станция за архитектурно проектиране- 1 брой;
+6.	Сървърна система- 1 брой;
+7.	Непрекъсваемо захранващо устройство UPS- 1 брой;
+8.	Таблет/смарт устройство- 6 броя;
+9.	Електронен четец- 1 брой;
+10.	Рутер- 1 брой;
+11.	Мастилено-струен принтер- 2 броя.
+Об. позиция 2.
+Доставка и въвеждане в експлоатация на:
+1. Софтуер Архикад или еквивалент- 1 брой.
+Об. позиция 3.
+Доставка и въвеждане в експлоатация на:
+1. Камера за заснемане на строителни обекти- 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕКОМ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1277-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за Доставка на Хидравличен ножичен подемник с въртяща се маса – 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИКАТ - 2005 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0122-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на лични предпазни средства (ЛПС)</x:t>
   </x:si>
   <x:si>
     <x:t>КИПРИДА ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1676-C01</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности (МОМ)
+    <x:t>Обзавеждане и оборудване, необходимо за осъществяване на дейност 5 по обособени позиции:
+OП 1 Закупуване на оборудване за кухненски бокс;
+ОП 2 Закупуване на оборудване за помещение за отдих и рехабилитация;
+ОП 3 Закупуване на оборудване за помещение за отдих и рехабилитация;
+ОП 4 Закупуване на оборудване за помещение за отдих и рехабилитация.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОТЕКС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1285-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на мебели</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОМЕРС ТОНИ - 91 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0328-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛАЗАРОВ ДИЗАЙН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1248-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изследвания, изпитвания, измервания и валидиране, както и създаване и тестване на прототип, необходими за и свързани с разработването на иновативната услуга - софтуерна платформа за създаване на онлайн магазини – 1 бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НОБЕЛ ЛАБ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0373-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване с обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Грам за килограм ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1898-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на актива Колесен челен товарач</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИГС-93 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2294-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на ДМА по две обособени позиции:
+ОП 1. Пералня високоскоростна - 1 бр. и Сушилня - 1 бр. и
+ОП 2. Гладачна маса - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОДИЗАЙН КОЛОР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1777-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на машини и инструменти</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АУТО БРАДЪРС 09 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1383-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Дигитална трансформация чрез въвеждане на системи в „Алианс лекс” ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛИАНС ЛЕКС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0481-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА компютър /лаптоп/ -1 бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Издателска къща ПУХ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0977-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за обновяване на сградния фонд на "ДУДО СТРОЙ " ЕООД Доставка и монтаж на Фотоволтаична електрическа централа (ФвЕЦ)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДУДО СТРОЙ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0140-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване на оборудване за почистване, пране и приготвяне на храна в хотелски комплекс </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИРЕНОР ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1061-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на професионално оборудване по следните обособени позиции:
+Обособена позиция 1: Парен конвектомат - 2 броя;
+Обособена позиция 2: Шоков охладител/замразител - 1 брой;
+Обособена позиция 3: Сладкарска хладилна витрина - 2 броя;
+Обособена позиция 4: Нискотемпературна хладилна витрина за сладолед - 1 брой;
+Обособена позиция 5: Хоризонтална сладолед машина с въздушно охлаждане - 1 брой;
+Обособена позиция 6: Хладилен шкаф, нискотемпературен от -21°C до -12°C - 1 брой;
+Обособена позиция 7: Индукционен котлон - 3 броя;
+Обособена позиция 8: Планетарен миксер - 1 брой;
+Обособена позиция 9: Конзолна миялна машина за кухненска посуда - 1 брой;
+Обособена позиция 10: Хладилна маса - 2 броя;
+Обособена позиция 11: Хладилен шкаф, нискотемпературен от -22°C до -18°C - 2 броя;
+Обособена позиция 12: Кутер и зеленчукорезачка - 1 брой;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КРИСКО 2016 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0875-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Поръчка и доставка на шкафчета за съблекални: 
+Обособена позиция 1 
+Двойни шкафчета
+Обособена позиция 2
+Единични шкафчета</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛКОМЕТ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1289-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за строително-монтажни работи на обекти в местност Ксилифор по проект „Обособяване на старопланински хъб от рекреационни зони за устойчив туризъм и зелени пространства за културни и  социални иновации“</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Сдружение "ТУРИСТИЧЕСКО ДРУЖЕСТВО "ТРАПЕЗИЦА-1902" </x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16FFPR003-2.006-0066-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на изпълнител за доставка на машина CNC /Нестинг рутер/
 </x:t>
   </x:si>
   <x:si>
+    <x:t>ДОРОНОВ И СИН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2582-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изпълнение на СМР за прилагане на енергоспестяващи мерки за Кафе сладкарница и административна сграда „Карамела Марков“ ООД гр. Шумен, УПИ II-3592 кв.№365 гр. Шумен</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Карамела  Марков ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0166-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за създаване, изграждане и внедряване на единна и цялостна система от интегрирани софтуерни решения в областта на информационните и комуникационни технологии за дигитализация на предприятието ЕВРОКОМПАС ЕООД с основна икономическа дейност „туроператорска дейност“ с код 79.12, съгласно КИД-2025, състояща се от взаимосвързани и интегрирани в единна и цялостна система модули”.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОКОМПАС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1462-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изготвяне на информационни видеоклипове</x:t>
+  </x:si>
+  <x:si>
     <x:t>МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
   </x:si>
   <x:si>
-    <x:t>BG65AMPR001-1.003-0001-C03</x:t>
-[...1090 lines deleted...]
-    <x:t>BG65AMPR001-2.001-0002-C02</x:t>
+    <x:t>BG65ISPR001-3.004-0001-C02</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-2.001-0009-C03</x:t>
-  </x:si>
-[...20 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0787-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
   </x:si>
   <x:si>
     <x:t>Технически Университет - София</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-2.005-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
@@ -1835,2623 +1593,2043 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E151"/>
+  <x:dimension ref="A1:E117"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46066</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46069</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46069</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>46067</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46069</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46069</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46064</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46067</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46069</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46066</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46076</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46069</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46063</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46067</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46069</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46067</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s"/>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46069</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46068</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>46068</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2">
-        <x:v>46076</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>46069</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>46059</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>46070</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>46059</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2">
+        <x:v>46101</x:v>
+      </x:c>
+      <x:c r="B41" s="2">
         <x:v>46077</x:v>
       </x:c>
-      <x:c r="B41" s="2">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s"/>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>46070</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>46069</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>14</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>46070</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>46059</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>46059</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2">
-        <x:v>46077</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>46071</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>46070</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2">
-        <x:v>46078</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>46069</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2">
-        <x:v>46078</x:v>
+        <x:v>46102</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>46071</x:v>
+        <x:v>46095</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>46072</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>46070</x:v>
+        <x:v>46096</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>46070</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>46072</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>46072</x:v>
+        <x:v>46096</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>46071</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>46072</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2">
-        <x:v>46079</x:v>
+        <x:v>46104</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>46070</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
-        <x:v>46079</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46071</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>46070</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="2">
-        <x:v>46080</x:v>
+        <x:v>46105</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>46073</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B98" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B99" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B100" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B101" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D101" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E101" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B102" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D102" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E102" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
       <x:c r="A103" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B103" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D103" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E103" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
       <x:c r="A104" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B104" s="2">
-        <x:v>46073</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D104" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E104" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:5">
       <x:c r="A105" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B105" s="2">
-        <x:v>46073</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D105" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:5">
       <x:c r="A106" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B106" s="2">
-        <x:v>46071</x:v>
+        <x:v>46096</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D106" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:5">
       <x:c r="A107" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B107" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D107" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E107" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:5">
       <x:c r="A108" s="2">
-        <x:v>46080</x:v>
+        <x:v>46106</x:v>
       </x:c>
       <x:c r="B108" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D108" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E108" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:5">
       <x:c r="A109" s="2">
-        <x:v>46080</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B109" s="2">
-        <x:v>46072</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D109" s="0" t="s">
-        <x:v>300</x:v>
-[...1 lines deleted...]
-      <x:c r="E109" s="0" t="s"/>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
     </x:row>
     <x:row r="110" spans="1:5">
       <x:c r="A110" s="2">
-        <x:v>46080</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B110" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D110" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E110" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:5">
       <x:c r="A111" s="2">
-        <x:v>46080</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B111" s="2">
-        <x:v>46073</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D111" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E111" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:5">
       <x:c r="A112" s="2">
-        <x:v>46080</x:v>
+        <x:v>46107</x:v>
       </x:c>
       <x:c r="B112" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D112" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E112" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:5">
       <x:c r="A113" s="2">
-        <x:v>46080</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B113" s="2">
-        <x:v>46072</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D113" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E113" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:5">
       <x:c r="A114" s="2">
-        <x:v>46081</x:v>
+        <x:v>46112</x:v>
       </x:c>
       <x:c r="B114" s="2">
-        <x:v>46073</x:v>
+        <x:v>46098</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D114" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E114" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:5">
       <x:c r="A115" s="2">
-        <x:v>46081</x:v>
+        <x:v>46172</x:v>
       </x:c>
       <x:c r="B115" s="2">
-        <x:v>46073</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="D115" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="E115" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:5">
       <x:c r="A116" s="2">
-        <x:v>46081</x:v>
+        <x:v>46173</x:v>
       </x:c>
       <x:c r="B116" s="2">
-        <x:v>46074</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D116" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E116" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:5">
       <x:c r="A117" s="2">
-        <x:v>46081</x:v>
+        <x:v>46317</x:v>
       </x:c>
       <x:c r="B117" s="2">
-        <x:v>46073</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D117" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E117" s="0" t="s">
-        <x:v>324</x:v>
-[...60 lines deleted...]
-      <x:c r="C121" s="0" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...514 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>