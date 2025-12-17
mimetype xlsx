--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e6931c3aa54799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/438cc13aa6fe46b0ae095ffc272905fa.psmdcp" Id="R33c4a4a6674048dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f951b317a424c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a23ee59428fe4449bee6a8d8fadaf301.psmdcp" Id="R239869e8380d4786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>