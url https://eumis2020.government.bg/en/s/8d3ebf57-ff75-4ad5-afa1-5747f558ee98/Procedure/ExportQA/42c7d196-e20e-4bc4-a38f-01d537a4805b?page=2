--- v1 (2025-12-17)
+++ v2 (2026-03-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f951b317a424c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a23ee59428fe4449bee6a8d8fadaf301.psmdcp" Id="R239869e8380d4786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69cf8a03aac4ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/444ec778fd4c4604acb3b533e4f95dfd.psmdcp" Id="R2adf3b4efd9947df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Procedure clarifications" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="89">
   <x:si>
     <x:t>Reg. number</x:t>
   </x:si>
   <x:si>
     <x:t>Sending date</x:t>
   </x:si>
   <x:si>