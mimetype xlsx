--- v0 (2025-12-10)
+++ v1 (2026-02-14)
@@ -1,69 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R944300c30dc446c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6380796426a44bd4b813d93480b6e22f.psmdcp" Id="Rab26e71af46343f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf32e12f377c4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1dc547d7b3242d8bf32600e8adefeda.psmdcp" Id="Ra42202c8b0db47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Разяснения по процедурата" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <x:si>
     <x:t>Рег. номер</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на изпращане</x:t>
   </x:si>
   <x:si>
     <x:t>Въпрос</x:t>
   </x:si>
   <x:si>
     <x:t>Разяснения</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR001-3.003-Q003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.01.2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Въпрос относно допустимостта на народните читалища по процедурата
+На основание публикуваните Условия за кандидатстване по процедурата „Подкрепа на уязвими групи за достъп до висше образование“, моля за разяснение относно статута на народните читалища, регистрирани като юридически лица с нестопанска цел в обществена полза по реда на ЗЮЛНЦ.
+Конкретно, моля да бъде уточнено:
+Допустими ли са народните читалища като кандидати (бенефициенти) по процедурата, при условие че:
+са регистрирани като ЮЛНЦ в обществена полза;
+имат най-малко 2 години доказуем опит в образователни дейности и/или работа с уязвими групи;
+отговарят на изискванията за прилагане на режим „минимална помощ“ (de minimis) по отношение на допустимите за тях дейности;
+В случай че народните читалища не са допустими като кандидати, допустимо ли е тяхното участие като партньори по проектни предложения, подадени от други допустими кандидати, и при какви условия;
+Има ли специфични ограничения или допълнителни изисквания, произтичащи от Закона за народните читалища, които следва да бъдат съобразени при участието им като кандидат или партньор по настоящата процедура.
+Разяснението е необходимо с цел коректно планиране на проектното предложение и недопускане на несъответствие с критериите за допустимост.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 3 към 15.01.2026 г. (отговор на въпрос 3). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://sf.mon.bg/?go=page&amp;pageId=437 в секция „Процедури“, рубрика „Въпроси и отговори“ и в ИСУН– https://eumis2020.government.bg.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR001-3.003-Q002</x:t>
   </x:si>
   <x:si>
     <x:t>10.10.2025</x:t>
   </x:si>
   <x:si>
     <x:t>Уважаеми дами и господа,
 1. В Условията за кандидатстване е записано, че „Кандидатстването във висше училище на учениците, участвали в Поддейност 2.1, е задължително, когато са положили успешно ДЗИ и получават диплома за средно образование.“ В същото време, в раздела за единични разходи (ТЕРЕС-ПО) е предвидена ставка от 120 лв. за лице, което е завършило обучението и се е явило на ДЗИ, но не се изисква да е кандидатствало във ВУ.
 2. Моля за уточнение дали завършил ученик, участвал по Поддейност 2.1, който се е явил на кандидатстудентски изпит, но не се е записал във висше училище, може ли впоследствие (в рамките на същия проект) да бъде включен като участник по Поддейност 2.2, при положение че отговаря на условията за тази дейност. Като допълнителното обучение по дейност 2.2 е различно от обучението по 2.1 и подготовка по 2.2 е насочена към нов опит за кандидатстване.
 3. Възможно ли е ученик, който е завършил средно образование и се е явил на ДЗИ, но не е кандидатствал във висше училище, да бъде включен впоследствие по Поддейност 2.2, ако в рамките на проекта реши да кандидатства?
 4. Допустимо ли е в обхвата на „непедагогически персонал“ по дейност 4 да бъдат включини и лица на срочни трудови договори към момента на изпълнение на проекта.
 Благодаря Ви предварително!</x:t>
   </x:si>
   <x:si>
     <x:t>Разясненията на Управляващия орган (УО) по зададения въпрос са публикувани в консолидирана версия 2 към 15.10.2025 г. (отговор на въпрос 2). Отговорите и разясненията на УО се съобщават (публикуват) на интернет страницата на ПО – http://sf.mon.bg/?go=page&amp;pageId=437 в секция „Процедури“, рубрика „Въпроси и отговори“ и в ИСУН– https://eumis2020.government.bg.</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR001-3.003-Q001</x:t>
   </x:si>
   <x:si>
     <x:t>04.10.2025</x:t>
   </x:si>
   <x:si>
@@ -461,101 +482,115 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D3"/>
+  <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.410625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="19.480625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="70.710625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C2" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D2" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s">
         <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:4">
+      <x:c r="A4" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B4" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C4" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D4" s="3" t="s">
+        <x:v>15</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>