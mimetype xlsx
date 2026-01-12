--- v0 (2026-01-05)
+++ v1 (2026-01-12)
@@ -1,276 +1,1004 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6826fd34934895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7e79252b3294f70a2fd6403f312591f.psmdcp" Id="R75eecf0d4d3645f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7768786ec50e462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72efd4e71b864f7eba83470dbf2998e9.psmdcp" Id="R13ea52f8871b4b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="68">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="281">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
-    <x:t>Изпълнение на строително-монтажни работи по изграждане на „Къща на децата“ като общностен център за ранно детско развитие и Национален център за обучение застъпничество по правата на децата</x:t>
-[...189 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0804-C02</x:t>
+    <x:t>„Доставка на телескопичен товарач – 1 брой“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОМАНС 2000 АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2633-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 1 брой Сет за хистероскопия с 4К резолюция и възможност за надграждане за Лапароскопия с ICG диагностика</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Медицински център за репродуктивна медицина Нова Радост ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2700-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване и доставка на машини </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВОЙНИКОВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2217-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Ръчна линия за прахово боядисване - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЮРОВ-42 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2081-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, монтаж и въвеждане в експлоатация на 1 бр. иновативна автоматизирана линия за прахово боядисване, съгласно приложена техническа спецификация, състояща се от:
+1. Проходна пещ за изпичане на детайли с положено прахово полимерно покритие 
+2. Проходна пещ за сушене на метални детайли 
+3.Аспирационна кабина тип „Отворен“ за прахово полимерни бои 
+4.Еднозонова  автоматизирана миялна за предподготовка на детайли за прахово боядисване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>САНД-СА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2282-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на специализирани машини за подобряване на производствения капацитет на ЕТ ВАСИЛЕВ ДИЗАЙН-ВАЛЕНТИН ВАСИЛЕВ с две обособени позиции: 
 ОП1: Доставка на Многошпинделна пробивна машина
 ОП2: Доставка на Автоматична кантираща машина с предфрезоване</x:t>
   </x:si>
   <x:si>
     <x:t>ЕТ ВАСИЛЕВ ДИЗАЙН - ВАЛЕНТИН ВАСИЛЕВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2537-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване и доставка на оборудване за дентална медицина с три обособени позиции:
+ОП1 „Доставка на апарат за панорамни и 3D изследвания“
+ОП2 „Доставка на стоматологичен юнит“
+ОП3 „Доставка на специализирано оборудване и софтуер“
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ПЪРВИЧНА МЕДИЦИНСКА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА – ИНДИВИДУАЛНА ПРАКТИКА Д-Р ХАДЖИЕВ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2530-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на машина за широкоформатен печат - екосолвентен принтер с функция за печат и изрязване по контур на отпечатаните изображения.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРИНТ АРЕНА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0777-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Избор на изпълнител за доставка, монтаж и въвеждане в експлоатация на оборудване, необходимо за осъществяването на Дейност 5: котлон двоен 1 брой; съдомиялна машина 1 брой; фурна 1 брой; абсорбатор 1 брой; телевизор 1 брой.”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖАМБО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0317-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изработване на анимационна поредица за деца „Финансова грамотност за деца с Пеги и Мози“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Адвиза ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.020-0094-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за увеличаване на производствения капацитет на ЕЛ ДЖИ ЕМ - 2010 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛ ДЖИ ЕМ - 2010 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1988-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на технологично оборудване за шивашката индустрия </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ КАПРИЗ - ВАЛЕНТИНА ПЕТРОВА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0012-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Описание на предмета на процедурата:
+„Закупуване и доставка на машини и оборудване  (3 бр. ДМА) по 3 обособени позиции“.
+Обособена позиция 1: Мотокар (1бр.) - 28 850.69 евро / 56 427.05 лева без ДДС;
+Обособена позиция 2: Машина за демонтаж и монтаж на гуми за тежкотоварни камиони и фадроми (1бр.) - 9 842.37 евро  / 19 250 лева без ДДС;
+Обособена позиция 3: Компресор (1бр.) - 2 109.08 евро / 4 125 лева без ДДС.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕНИС - НИКОЛАЙ НАЙДЕНОВ ЕТ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1472-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 2 броя контейнери за подобряване на социално-битовите условия на работещите в ЕТ „СП-90-ВЕНЦИСЛАВ ПЕТРОВ - ТОНИ ПЕТРОВ“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ СП-90-ВЕНЦИСЛАВ ПЕТРОВ - ТОНИ ПЕТРОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1130-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка монтаж и въвеждане в експлоатация на производствена машина - линия за екструдиране на профили</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ КАСИОПЕС - ГЕОРГИ СТЕФАНОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0780-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на рециклираща система с комбинирана сортираща система</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИНАТРЕЙД БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0034-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка и въвеждане в експлоатация на ДМА : Ножична вишка, Прикачни устройства, Високочестотен вибратор, Акумулаторен трион за изолационни материали- 2бр., Трион циркулярен, Машина за връзване на арматура- 2бр., Кофражна греда 2.45м- 40бр., Кофражна греда 2.90м- 30бр., Кофражна греда- 3.60м- 30бр., Кофражно платно 27х500х2500мм- 37.50кв.м, Кофражно платно 27х500х3000мм- 45 кв.м, Подпора телескопична 3.6м- 80бр. и Стяга за колони 15-45см- 200бр, Скеле алуминиево – 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИЛДТРОН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1367-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на дълготрайни материални активи (ДМА) – шевни машини и оборудване за производство на облекло:
+Обособена позиция 1: 
+Едноиглова права машина за двуконечен затворен грайферен бодов ред - 6 бр.
+Двуиглова двуконечна шевна система за двуконечен затворен грайферен бодов ред - 1 бр.
+Трииглова петконечна цилиндрична покривна машина - 1 бр.
+Двуиглов петконечен оверлог - 3 бр.
+Двуиглов четириконечен оверлог - 1 бр.
+Едноиглова верижна машина за едноконечен "сляп бод" - 1 бр.
+Обособена позиция 2:
+Плотер - 1 бр.
+Компактна ротационна подлепваща преса - 1 бр.
+Паровъздушен манекен за окончателно гладене - 1 бр.
+Компресор за въздух - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СУЗИ СТИЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1510-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">“Доставка на оборудване за увеличаване на капацитета на „Енеркемикал“ ООД по две обособени позиции:
+Обособена позиция 1: Машина за фибер лазерно рязане- 1 бр. 
+Обособена позиция 2: Машина за рециклиране на кабели- 1 бр.“
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕНЕРКЕМИКАЛ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.008-0024-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване в 3 обособени позиции:
+ОП1 - CNC струг с наклонени направляващи и задно седло
+ОП2 - Газов мотокар
+ОП3 - Машина за лазерно заваряване за заваряване с двоен тел, рязане и почистване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАЛИНОВИ - КОНСУЛТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1643-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на:
+Обособена позиция 1: Система за набор и телово шиене- 1 бр.
+Обособена позиция 2: Машина за сгъване- 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ИНФОФЛЕКС - ГАЛИН НАЙДЕНОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1565-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура за доставка, инсталация и въвеждане в експлоатация на дълготрайни материални активи за проектантска дейност, по следните обособени позиции:
+Обособена позиция 1 – Доставка, инсталация и въвеждане в експлоатация на стационарни работни CAD-CAM и GIS станции с монитори.
+Обособена позиция 2 – Доставка, инсталация и въвеждане в експлоатация на компютърна периферия - печатни машини за проектантска дейност.
+Обособена позиция 3 – Доставка, инсталация и въвеждане в експлоатация на апаратура за геодезически заснемания и измервания на коти, наклони и други измервания.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНЖПРОЕКТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0964-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на комплексна линия за формоване на съоръжение за капилярно напояване от термореактивна пластмаса</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОРИМА АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0685-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за изработка и брандиране на рекламни изделия</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛУН АРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0521-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на производственa машинa:
+- телескопичен повдигач- 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕРМО-97 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1109-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА:
+Обособена позиция 1: Фургон 300/800 за хранене и отдих в работна среда – 2 броя
+Обособена позиция 2: Фургон 240/600 за  преобличане  и отдих в работна среда – 2 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БУЛСТРОЙ ЕКСПЕРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0931-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на: 
+Колаборативен робот - 44 767.20 €;
+Машина за цветно лазерно маркиране - 9 142.50 €
+Многофункционален импулсен апарат за заваряване - 18 392.19 €</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЙОТОВ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1467-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и монтаж на спа измивнa колонa - 2 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЕЛИЕ ЗА КРАСОТА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1621-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на : 1.Полуавтоматична лентоотрезна машина. 2.Ножична платформа(Прекратена)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИБИЛД СИСТЕМС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0105-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, инсталиране и пускане в експлоатация на ДМА по 2 обособени позиции:
+Обособена позиция 1, включваща:
+- Машина за зареждне на прахови пожарогасители - 1 бр. 
+- Допълнителен съд за зареждане на 50 кг прахови пожарогасители - 1 бр. 
+- Машина за зареждане на СО2 пожарогасители - 1 бр. 
+- Въртяща се стяга за пожарогасители - 1 бр.
+- Уред за измерване на дебит на вътрешни пожарни кранове - 1 бр. 
+- Помпа за тестване на налягане в шланговете - 1 бр. 
+- Уред за сушене на пожарни шлангове - 1 бр.;
+Обособена позиция 2, включваща: 
+- Комбинирана машина за хидро тестове - 1 бр. 
+- Изсушителен уред за съдове с 6 връзки - 1 бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>САЛАМАНДЪР 112 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2587-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ФУРГОН/КОНТЕЙНЕР</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЛ-КОНСУЛТ-2009 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0433-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на машини, съоръжения, оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БАЛВЕС БИЛДИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1479-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Избор на изпълнител за доставка на сервизно оборудване по обособени позиции" 1. Стенд за тестване на дизелови инжектори Common Rail 2. Уред за калибриране на камери и радари ADAS 3. Ножичен подемник 4. Четириколонен подемник с подготовка за реглаж(Прекратена)(Прекратена)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"СТАР ДИЗЕЛ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0898-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на Кантираща машина за кантиране на скосени детайли - 1бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИКАТ - 2005 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0122-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на апаратура</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">АМБУЛТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ЗДРАВНИ ГРИЖИ – ФИЗИОЦЕНТЪР – ЗДРАВЕ ЕООД </x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0949-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">“ Избор на изпълнител по обособени позиции“: 1.Обособена позиция 1 Доставка на Хидравличен ножичен подемник с въртяща се маса – 1бр. 2.Обособена позиция 2 Доставка на Транспалетен повдигач – 2бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 4 бр. роботизирани клетки за корпусни обработки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЪДЕЩНОСТ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16FFPR003-4.004-0923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на дълготрайни материални и нематериални активи със следните обособени позиции:
+-Комплект обективи
+-Дигитална кино камера
+-Стабилизираща система
+-Софтуер със специализиран панел
+-Интерком 4 слушалки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ЩИПКА КИНО" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0395-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на технологично оборудване за "Блупринт Архитекти" ООД по обособени позиции:
+Обособена позиция №1: Доставка на компютърна техника
+Обособена позиция №2: Доставка на периферни устройства
+Обособена позиция №3: Доставка на измервателни уреди</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Блупринт Архитекти ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2131-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор за изпълнител за доставка на оборудване по проект с 3 обособени позиции:
+Обособена позиция 1: „Специализирано софтуерно решение за проектантска дейност“ – 1 бр.
+Обособена позиция 2: „Мобилна компютърна работна станция с допълнителен монитор- 1бр.
+Обособена позиция 3: Лазерен скенер – 1 брой
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СОНИК МОДУЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1095-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка на машина CNC /Нестинг рутер/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОРОНОВ И СИН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2582-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор  за изпълнител на доставка и  монтаж  на машини за подобряване на производствения капацитет :
+Обособена позиция № 1 - Винтов въздушен компресор
+Обособена позиция № 2 - Мотокар
+Обособена позиция № 3 - Транспалетна количка
+Обособена позиция № 4 - Ръчноводим електрически нископовдигач - 2бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ МИТИ - Димитър Пенов</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2483-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и монтаж на четиривалова хидравлична листоогъваща машина - 1 бр.; абкант преса с CNC управление по пет оси Y1, Y2, Х и R + CNC бомбиране на долната маса - 1 бр.; хидравлична профилоогъваща машина- 1 бр.; хидравлична гилотина- 1бр.; лентоотрезна машина- 1бр.; заваръчен апарат- 1 бр., разделени в шест обособени позиции, както следва:
+Обособена позиция 1 - Закупуване, доставка и монтаж на четиривалова хидравлична листоогъваща машина - 1 бр.
+Обособена позиция 2 - Закупуване, доставка и монтаж на абкант преса с CNC управление по пет оси Y1, Y2, Х и R + CNC бомбиране на долната маса - 1 бр.
+Обособена позиция 3 - Закупуване, доставка и монтаж на хидравлична профилоогъваща машина- 1 бр.
+Обособена позиция 4 - Закупуване, доставка и монтаж на хидравлична гилотина- 1бр.
+Обособена позиция 5 - Закупуване, доставка и монтаж на лентоотрезна машина- 1 бр.
+Обособена позиция 6 - Закупуване, доставка и монтаж на заваръчен апарат- 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕНДЕС - ИНЖЕНЕРИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0376-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на ДМА и ДНА по обособени позиции“:
+Обособена позиция 1: Хардуерна клъстърна система - 1бр.
+Обособена позиция 2: Генератор на продуктови предложения - 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТИЛСОФТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0455-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ИТ техника по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОГАРА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1067-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на "Съоръжение за предварителна подготовка на алуминиев профил"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОВЕКИС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1185-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за обновяване на сградния фонд на БАГЕДИ АУТО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БАГЕДИ АУТО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0246-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОЦЕДУРА 1
+Закупуване на компютри с оборудване, специализиран софтуер, копирна и сканираща машина, телевизор и смартфон</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАНИКА - 2 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0188-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор  за изпълнител на доставка , монтаж и  въвеждане в експлоатация на машини и оборудване
+Обособена позиция 1: Пясъкоструйна камера – 1бр
+Обособена позиция 2: Лентова шлайф машина - 1 бр
+Обособена позиция 3: Модул за R-ване – 1бр
+Обособена позиция 4: Инверторен апарат за заваряване - 2 бр
+Обособена позиция 5: Машина за огъване на тръби– 1бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КРАБ 2004 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1037-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Подкрепа на семейното предприятие на "Лукерия" ООД, чрез подобряване на производствения капацитет
+Обособена позиция 1: Електрическа палетна количка
+Обособена позиция 2: Принтер за етикети
+Обособена позиция 3: Машина за локум тип "фитил"
+Обособена позиция 4: Автоматична електрическа машина за варене на локум с капацитет 100 кг
+Обособена позиция 5: Машината за опаковане със странично подаване на опаковка тип плик със серво
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛУКЕРИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1325-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Доставка на ново фасадно рамково скеле със стоманени елементи"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛ - ПЛАСТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0735-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Извършване на услуги по валидиране на резултатите от експерименталното развитие по обособени позиции, както следва:
+Обособена позиция 1: Микробиологични анализи и биохимични изследвания
+Обособена позиция 2: Извършване на първоначални лабораторни анализи</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИО ПЛАНЕТ БЪЛГАРИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0346-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на климатична техника за нуждите на персонала на „Тракция“ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРАКЦИЯ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1848-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на дълготрайни материални активи за изпълнение на проект BG16RFPR001-1.003-0574 за внедряване на иновативен продукт - серия иновативни кинетични двигатели за модул за непрекъсваемо електрическо захранване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛПРОММОТОРС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0574-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на въздуходувки</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">БЯЛА РЕКА - ВЕЦ ООД
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG14MFPR001-2.002-0008-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 1 бр. система за заснемане</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖИ М ИНЖЕНЕРИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2730-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, придобиване и внедряване на  следните ДМА и ДНА в обособени позици: 
+Обособена позиция 1: 1 бр. специализиран софтуер 1 бр.
+Обособена позиция 2:  сървър 2 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"АУТСОРСА" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0165-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ново оборудване (6 бр. ДМА и 3 бр. ДНА) по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИ АРТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2781-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на хоризонтална Flow-pack машина и Ковектомат за печене в 2 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИЛЕНА 98 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2540-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доствака на лодка с извънбордов двигател</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЛАНИК 2 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG14MFPR001-2.002-0009-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка ДМА: Линия за DTF печат - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРИЗМА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1478-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на ново оборудване за извършване на ремонта и диагностиката на МПС, с акцент върху ИКТ на процеса по 2 Обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕХНОИНДУСТРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2713-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на подемна машина – мотокар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛИН ПЕЛИН ТРАНС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0002-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА:
+ОП 1: Фасадно рамково скеле - 1 бр.
+ОП 2: Кофражна система от олекотен тип - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВИЖЪН ЕСТЕЙТС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2892-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка и въвеждане в експлоатация на ДМА : Бензинов вибромастар, Галванизирано метално скеле „Н“ система, Пердашка за бетон, Акумулаторен зелен линеен лазерен нивелир, Комплект акумулаторни машини, Комплект машина за мазилки и шпакловки и компресор за въздух, Моторен трион, Комплект акумулаторни инструменти, Мобилно алуминиево скеле, Електрически трион тип "Алигатор", Жираф за шлайфане,</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРО-БИЛД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1393-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и инсталиране на ИТ оборудване и софтуер, включващо:
+ОП1 ИТ оборудване - Преносима работна станция 5бр; Мултифункционална цветна A3 машина 1бр.;Защитна стена CheckPoint 1 бр.;Център за обработка на данни (Data Center) -1бр.;
+ОП2 Софтуер за управление и съхранение на документи 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СИ АЙ ДЖИ БЪЛГАРИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1040-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на производствено оборудване:
+ОП1 Машина за белене на картофи - 1 бр.,
+ОП2 Зеленчукорезачка - 1 бр., 
+ОП3 6-ца газови котлони 1 бр., 
+ОП 4 Пасатор - 1 бр., 
+ОП 5 Конзолна съдомиялна машина - 1 бр., 
+ОП6 Хладилник - 6 бр., 
+ОП 7 Фризер - 4 бр., 
+ОП 8 Хладилна маса - 3 бр., 
+ОП 9 Витрина за поддържане на топла храна на водна баня - 1 бр.
+ОП 10 Хладилна витрина за поддържане на свежа храна от температурен контрол 1 бр. 
+ОП 11 Парен конвектомат - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛИН ЕНД КО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2265-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработка на специализиран софтуер на Система за координиране на множество от автоматизирани роботи за почистване – (СИСКОРП)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бонанза – Професионално почистване ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0299-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА - 1 бр. Фасадно рамково скеле и 1 бр. Кофражна система от олекотен тип</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЕПАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2291-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване на машини за огъване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРОЯ БИЛД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0288-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на автоматичен пробивен център за подобряване на производствения капацитет на "ФормаПро"ООД, гр. Хасково</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФормаПро ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0053-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и въвеждане в експлоатация на Концертна система - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Рент 4 Ивент ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2509-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на процедурата е избор на изпълнители за външни услуги по Дейност 1 (подбор, превод, субтитриране и видеомонтаж), Дейност 2 (организиране на публични събития – логистика, модерация, техника, зали, медии и печатни материали) и Дейност 4 (комуникация и популяризация – PR, рекламни кампании и промоционални материали).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Фондация Ятрус</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.024-0012-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СМР</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТЕМАР - 2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG14MFPR001-2.001-0015-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на процедурата е избор на изпълнители за Дейност 3 (разработка на дигитална платформа и онлайн изложба – уеб дизайн, интеграция на съдържание, 3D визуализации и поддръжка) и Дейност 5 (създаване на интерактивна игра/викторина – концепция, програмиране, дизайн, съдържание, лицензи и награди).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на мрежи за садки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуването, доставка и монтаж на Термолепачна машина за книги;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРОЯН - ПРЕС АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1868-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за увеличаване на производствения капацитет на Ореха 2018 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОРЕХА 2018 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2088-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на изпълнител за обновяване на сградния фонд на "ДУДО СТРОЙ " ЕООД Доставка и монтаж на Фотоволтаична електрическа централа (ФвЕЦ) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДУДО СТРОЙ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0140-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Полагане на тръби за газова инсталация от сграда 9 до сграда 13-  от втори етап на проект „Вътрешноплощадкова обслужваща инфраструктура – път, газификация, площадкови водоснабдяване и канализация, улично осветление и трансформаторни станции в УПИ V-1306 и УПИ IX – 2058,2103 на кв.10, м. "НПЗ Илиянци - Запад", Район Надежда – СО, ПИ 68134.1372.2107 и ПИ 68134.1372.2105 Индустриален парк „Рожен 41“, бул. „Рожен“ №41
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЪЛ ЕСТЕИТС ДИВЕЛЪПМЪНТ ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-3.007-0003-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северозападен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
+  </x:si>
+  <x:si>
+    <x:t>,,А1 България“ ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-7.008-0007-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка инсталиране и въвеждане в експлоатация на оборудване за пекарна с три обособени позиции:
+Обособена позиция 1: Подова пещ-1 брой, с включени:
+1.1.Поставка за тави - 6 броя;
+1.2.Парна качулка с вентилатор - 1 брой;
+1.3.Интегриран ръчен зареждач-1 брой;
+Обособена позиция 2: Напълно автоматичен втасателен шкаф -1 брой;
+Обособена позиция 3: Двуцилиндрова мащина за галета -1 брой;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЛАДКИЯ КЪТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1497-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северен Централен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-7.008-0006-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Изпълнение на СМР за ЕСМ в сградата на хотел "Империал Палaс" чрез доставка и монтаж на VRF/VRV система”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>С.Б. РОЯЛ ХОТЕЛС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0078-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, монтаж и пуск в експлоатация на ДМА за нуждите на рекламна агенция по обособени позиции.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕРА ПРИНТ ПЛЮС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1670-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на мобилен единичен контейнер (оборудван) - 2 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТИЙЛ ПРОДАКШЪН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2353-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на хардуер за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0004-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на нов електрически автомобил за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„СМР на административно-битова сграда в обект "Складова база за промишлени стоки" с РЗП 556,9 кв.м. предписани в енергийното обследване „</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОС - КИП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0203-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на професионално оборудване за заведение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАФЕТЕРИЯ ПЕТКОВИ-РУСЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1986-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на полуавтоматична машина за създаване на калъфи с твърди корици за книги,  за изработка на тетрадки с твърди корици и за оформяне на книги за продажба</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТС ГРУП ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1707-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 2 бр Файбър лазерна система</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИБО АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1202-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Логистично и техническо обезпечаване на събития (информационни срещи) по проект № BG16RFPR002-1.002-0002-C01 „Насърчаване на дигитализацията в Югозападна България (InnovationAmp)“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0002-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-2.001-0007-C02</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
@@ -637,432 +1365,1690 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E22"/>
+  <x:dimension ref="A1:E96"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B2" s="2">
         <x:v>46027</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46013</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B3" s="2">
         <x:v>46027</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46008</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46028</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46021</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46028</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>45996</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46028</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46013</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46028</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46021</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46014</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46012</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46010</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46021</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46010</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46031</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46024</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46031</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46021</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46031</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46024</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46031</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46010</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46031</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46024</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46031</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46014</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46031</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46014</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46034</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46022</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46172</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>45783</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46317</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>45671</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B23" s="2">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B24" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="2">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B25" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="2">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B26" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E26" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:5">
+      <x:c r="A27" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B27" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:5">
+      <x:c r="A28" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B28" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="E28" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:5">
+      <x:c r="A29" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B29" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E29" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B30" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C30" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B31" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:5">
+      <x:c r="A32" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B32" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B33" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B34" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B35" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B36" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B37" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="2">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B38" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B39" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B40" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B41" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B42" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B43" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B44" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B45" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B46" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B47" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B48" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B49" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B50" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B51" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C51" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E51" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B52" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="E52" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B53" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B54" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E54" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B55" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E55" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B56" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="E56" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B57" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C57" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E57" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B58" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C58" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E58" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B59" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C59" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E59" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:5">
+      <x:c r="A60" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B60" s="2">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="C60" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="E60" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:5">
+      <x:c r="A61" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B61" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C61" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E61" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:5">
+      <x:c r="A62" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B62" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C62" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E62" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B63" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C63" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E63" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B64" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C64" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B65" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:5">
+      <x:c r="A66" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B66" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C66" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="E66" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:5">
+      <x:c r="A67" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B67" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C67" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E67" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:5">
+      <x:c r="A68" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B68" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="E68" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:5">
+      <x:c r="A69" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B69" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="E69" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:5">
+      <x:c r="A70" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B70" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E70" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:5">
+      <x:c r="A71" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B71" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="E71" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B72" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E72" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:5">
+      <x:c r="A73" s="2">
+        <x:v>46040</x:v>
+      </x:c>
+      <x:c r="B73" s="2">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="E73" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:5">
+      <x:c r="A74" s="2">
+        <x:v>46040</x:v>
+      </x:c>
+      <x:c r="B74" s="2">
+        <x:v>46032</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E74" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2">
+        <x:v>46040</x:v>
+      </x:c>
+      <x:c r="B75" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E75" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2">
+        <x:v>46040</x:v>
+      </x:c>
+      <x:c r="B76" s="2">
+        <x:v>46032</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="E76" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B77" s="2">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E77" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B78" s="2">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="E78" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B79" s="2">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E79" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B80" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E80" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B81" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E81" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B82" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E82" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B83" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E83" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B84" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E84" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="2">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B85" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="E85" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B86" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B87" s="2">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E87" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B88" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E88" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B89" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E89" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B90" s="2">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B91" s="2">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="2">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B92" s="2">
+        <x:v>46033</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="2">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B93" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B94" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E94" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B95" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="2">
+        <x:v>46317</x:v>
+      </x:c>
+      <x:c r="B96" s="2">
+        <x:v>45671</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>280</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>