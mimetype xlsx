--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7768786ec50e462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72efd4e71b864f7eba83470dbf2998e9.psmdcp" Id="R13ea52f8871b4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa59620948584b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51dc2d3fb37d4adda532ebe0295e54e1.psmdcp" Id="R71b33254995d4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="281">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="293">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>„Доставка на телескопичен товарач – 1 брой“</x:t>
   </x:si>
   <x:si>
     <x:t>КОМАНС 2000 АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2633-C01</x:t>
   </x:si>
   <x:si>
@@ -226,50 +226,60 @@
 Плотер - 1 бр.
 Компактна ротационна подлепваща преса - 1 бр.
 Паровъздушен манекен за окончателно гладене - 1 бр.
 Компресор за въздух - 1 бр.
 </x:t>
   </x:si>
   <x:si>
     <x:t>СУЗИ СТИЛ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1510-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">“Доставка на оборудване за увеличаване на капацитета на „Енеркемикал“ ООД по две обособени позиции:
 Обособена позиция 1: Машина за фибер лазерно рязане- 1 бр. 
 Обособена позиция 2: Машина за рециклиране на кабели- 1 бр.“
 </x:t>
   </x:si>
   <x:si>
     <x:t>ЕНЕРКЕМИКАЛ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.008-0024-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на производственa машинa:
+- телескопичен повдигач- 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕРМО-97 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1109-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Доставка на производствено оборудване в 3 обособени позиции:
 ОП1 - CNC струг с наклонени направляващи и задно седло
 ОП2 - Газов мотокар
 ОП3 - Машина за лазерно заваряване за заваряване с двоен тел, рязане и почистване</x:t>
   </x:si>
   <x:si>
     <x:t>КАЛИНОВИ - КОНСУЛТ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1643-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и въвеждане в експлоатация на:
 Обособена позиция 1: Система за набор и телово шиене- 1 бр.
 Обособена позиция 2: Машина за сгъване- 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>ЕТ ИНФОФЛЕКС - ГАЛИН НАЙДЕНОВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1565-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура за доставка, инсталация и въвеждане в експлоатация на дълготрайни материални активи за проектантска дейност, по следните обособени позиции:
 Обособена позиция 1 – Доставка, инсталация и въвеждане в експлоатация на стационарни работни CAD-CAM и GIS станции с монитори.
@@ -277,60 +287,50 @@
 Обособена позиция 3 – Доставка, инсталация и въвеждане в експлоатация на апаратура за геодезически заснемания и измервания на коти, наклони и други измервания.</x:t>
   </x:si>
   <x:si>
     <x:t>ИНЖПРОЕКТ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0964-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на комплексна линия за формоване на съоръжение за капилярно напояване от термореактивна пластмаса</x:t>
   </x:si>
   <x:si>
     <x:t>БОРИМА АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.003-0685-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на оборудване за изработка и брандиране на рекламни изделия</x:t>
   </x:si>
   <x:si>
     <x:t>ЛУН АРТ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0521-C01</x:t>
-  </x:si>
-[...8 lines deleted...]
-    <x:t>BG16RFPR001-1.004-1109-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на ДМА:
 Обособена позиция 1: Фургон 300/800 за хранене и отдих в работна среда – 2 броя
 Обособена позиция 2: Фургон 240/600 за  преобличане  и отдих в работна среда – 2 броя</x:t>
   </x:si>
   <x:si>
     <x:t>БУЛСТРОЙ ЕКСПЕРТ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-0931-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и въвеждане в експлоатация на: 
 Колаборативен робот - 44 767.20 €;
 Машина за цветно лазерно маркиране - 9 142.50 €
 Многофункционален импулсен апарат за заваряване - 18 392.19 €</x:t>
   </x:si>
   <x:si>
     <x:t>ЙОТОВ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1467-C01</x:t>
   </x:si>
   <x:si>
@@ -377,193 +377,193 @@
   <x:si>
     <x:t>МЛ-КОНСУЛТ-2009 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-0433-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на машини, съоръжения, оборудване</x:t>
   </x:si>
   <x:si>
     <x:t>БАЛВЕС БИЛДИНГ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1479-C01</x:t>
   </x:si>
   <x:si>
     <x:t>„Избор на изпълнител за доставка на сервизно оборудване по обособени позиции" 1. Стенд за тестване на дизелови инжектори Common Rail 2. Уред за калибриране на камери и радари ADAS 3. Ножичен подемник 4. Четириколонен подемник с подготовка за реглаж(Прекратена)(Прекратена)</x:t>
   </x:si>
   <x:si>
     <x:t>"СТАР ДИЗЕЛ" ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0898-C01</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">“ Избор на изпълнител по обособени позиции“: 1.Обособена позиция 1 Доставка на Хидравличен ножичен подемник с въртяща се маса – 1бр. 2.Обособена позиция 2 Доставка на Транспалетен повдигач – 2бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИКАТ - 2005 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0122-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на 4 бр. роботизирани клетки за корпусни обработки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЪДЕЩНОСТ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16FFPR003-4.004-0923</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Доставка на Кантираща машина за кантиране на скосени детайли - 1бр.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>УНИКАТ - 2005 ЕООД</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Доставка и въвеждане в експлоатация на апаратура</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">АМБУЛТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ЗДРАВНИ ГРИЖИ – ФИЗИОЦЕНТЪР – ЗДРАВЕ ЕООД </x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0949-C01</x:t>
-  </x:si>
-[...24 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0395-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на технологично оборудване за "Блупринт Архитекти" ООД по обособени позиции:
 Обособена позиция №1: Доставка на компютърна техника
 Обособена позиция №2: Доставка на периферни устройства
 Обособена позиция №3: Доставка на измервателни уреди</x:t>
   </x:si>
   <x:si>
     <x:t>Блупринт Архитекти ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2131-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Избор за изпълнител за доставка на оборудване по проект с 3 обособени позиции:
 Обособена позиция 1: „Специализирано софтуерно решение за проектантска дейност“ – 1 бр.
 Обособена позиция 2: „Мобилна компютърна работна станция с допълнителен монитор- 1бр.
 Обособена позиция 3: Лазерен скенер – 1 брой
 </x:t>
   </x:si>
   <x:si>
     <x:t>СОНИК МОДУЛ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1095-C01</x:t>
-  </x:si>
-[...20 lines deleted...]
-    <x:t>BG16RFPR001-1.004-2483-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване, доставка и монтаж на четиривалова хидравлична листоогъваща машина - 1 бр.; абкант преса с CNC управление по пет оси Y1, Y2, Х и R + CNC бомбиране на долната маса - 1 бр.; хидравлична профилоогъваща машина- 1 бр.; хидравлична гилотина- 1бр.; лентоотрезна машина- 1бр.; заваръчен апарат- 1 бр., разделени в шест обособени позиции, както следва:
 Обособена позиция 1 - Закупуване, доставка и монтаж на четиривалова хидравлична листоогъваща машина - 1 бр.
 Обособена позиция 2 - Закупуване, доставка и монтаж на абкант преса с CNC управление по пет оси Y1, Y2, Х и R + CNC бомбиране на долната маса - 1 бр.
 Обособена позиция 3 - Закупуване, доставка и монтаж на хидравлична профилоогъваща машина- 1 бр.
 Обособена позиция 4 - Закупуване, доставка и монтаж на хидравлична гилотина- 1бр.
 Обособена позиция 5 - Закупуване, доставка и монтаж на лентоотрезна машина- 1 бр.
 Обособена позиция 6 - Закупуване, доставка и монтаж на заваръчен апарат- 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>ВЕНДЕС - ИНЖЕНЕРИНГ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.003-0376-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Избор  за изпълнител на доставка и  монтаж  на машини за подобряване на производствения капацитет :
+Обособена позиция № 1 - Винтов въздушен компресор
+Обособена позиция № 2 - Мотокар
+Обособена позиция № 3 - Транспалетна количка
+Обособена позиция № 4 - Ръчноводим електрически нископовдигач - 2бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ МИТИ - Димитър Пенов</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2483-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка на машина CNC /Нестинг рутер/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОРОНОВ И СИН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2582-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на дълготрайни материални и нематериални активи със следните обособени позиции:
+-Комплект обективи
+-Дигитална кино камера
+-Стабилизираща система
+-Софтуер със специализиран панел
+-Интерком 4 слушалки</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ЩИПКА КИНО" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0395-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на "Съоръжение за предварителна подготовка на алуминиев профил"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОВЕКИС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1185-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за обновяване на сградния фонд на БАГЕДИ АУТО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БАГЕДИ АУТО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0246-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ИТ техника по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОГАРА ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1067-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>„Доставка, монтаж и въвеждане в експлоатация на ДМА и ДНА по обособени позиции“:
 Обособена позиция 1: Хардуерна клъстърна система - 1бр.
 Обособена позиция 2: Генератор на продуктови предложения - 1бр.</x:t>
   </x:si>
   <x:si>
     <x:t>СТИЛСОФТ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.003-0455-C01</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>BG-RRP-4.021-0246-C01</x:t>
   </x:si>
   <x:si>
     <x:t>ПРОЦЕДУРА 1
 Закупуване на компютри с оборудване, специализиран софтуер, копирна и сканираща машина, телевизор и смартфон</x:t>
   </x:si>
   <x:si>
     <x:t>ВАНИКА - 2 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0188-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Избор  за изпълнител на доставка , монтаж и  въвеждане в експлоатация на машини и оборудване
 Обособена позиция 1: Пясъкоструйна камера – 1бр
 Обособена позиция 2: Лентова шлайф машина - 1 бр
 Обособена позиция 3: Модул за R-ване – 1бр
 Обособена позиция 4: Инверторен апарат за заваряване - 2 бр
 Обособена позиция 5: Машина за огъване на тръби– 1бр</x:t>
   </x:si>
   <x:si>
     <x:t>КРАБ 2004 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1037-C01</x:t>
   </x:si>
@@ -590,76 +590,76 @@
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0735-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Извършване на услуги по валидиране на резултатите от експерименталното развитие по обособени позиции, както следва:
 Обособена позиция 1: Микробиологични анализи и биохимични изследвания
 Обособена позиция 2: Извършване на първоначални лабораторни анализи</x:t>
   </x:si>
   <x:si>
     <x:t>БИО ПЛАНЕТ БЪЛГАРИЯ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.001-0346-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на климатична техника за нуждите на персонала на „Тракция“ АД</x:t>
   </x:si>
   <x:si>
     <x:t>ТРАКЦИЯ АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-1848-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на дълготрайни материални активи за изпълнение на проект BG16RFPR001-1.003-0574 за внедряване на иновативен продукт - серия иновативни кинетични двигатели за модул за непрекъсваемо електрическо захранване</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Доставка на въздуходувки</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">БЯЛА РЕКА - ВЕЦ ООД
 </x:t>
   </x:si>
   <x:si>
     <x:t>BG14MFPR001-2.002-0008-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на 1 бр. система за заснемане</x:t>
   </x:si>
   <x:si>
     <x:t>ДЖИ М ИНЖЕНЕРИНГ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2730-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на дълготрайни материални активи за изпълнение на проект BG16RFPR001-1.003-0574 за внедряване на иновативен продукт - серия иновативни кинетични двигатели за модул за непрекъсваемо електрическо захранване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛПРОММОТОРС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0574-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, придобиване и внедряване на  следните ДМА и ДНА в обособени позици: 
 Обособена позиция 1: 1 бр. специализиран софтуер 1 бр.
 Обособена позиция 2:  сървър 2 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>"АУТСОРСА" ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.003-0165-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на ново оборудване (6 бр. ДМА и 3 бр. ДНА) по обособени позиции</x:t>
   </x:si>
   <x:si>
     <x:t>УНИ АРТ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2781-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на хоризонтална Flow-pack машина и Ковектомат за печене в 2 обособени позиции</x:t>
   </x:si>
   <x:si>
@@ -692,286 +692,329 @@
   <x:si>
     <x:t>ТЕХНОИНДУСТРИЯ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2713-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на подемна машина – мотокар</x:t>
   </x:si>
   <x:si>
     <x:t>ЕЛИН ПЕЛИН ТРАНС ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка и въвеждане в експлоатация на ДМА:
 ОП 1: Фасадно рамково скеле - 1 бр.
 ОП 2: Кофражна система от олекотен тип - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>ВИЖЪН ЕСТЕЙТС ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2892-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработка на специализиран софтуер на Система за координиране на множество от автоматизирани роботи за почистване – (СИСКОРП)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Бонанза – Професионално почистване ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0299-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Избор на изпълнител за доставка и въвеждане в експлоатация на ДМА : Бензинов вибромастар, Галванизирано метално скеле „Н“ система, Пердашка за бетон, Акумулаторен зелен линеен лазерен нивелир, Комплект акумулаторни машини, Комплект машина за мазилки и шпакловки и компресор за въздух, Моторен трион, Комплект акумулаторни инструменти, Мобилно алуминиево скеле, Електрически трион тип "Алигатор", Жираф за шлайфане,</x:t>
   </x:si>
   <x:si>
     <x:t>ЕВРО-БИЛД ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1393-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка и инсталиране на ИТ оборудване и софтуер, включващо:
 ОП1 ИТ оборудване - Преносима работна станция 5бр; Мултифункционална цветна A3 машина 1бр.;Защитна стена CheckPoint 1 бр.;Център за обработка на данни (Data Center) -1бр.;
 ОП2 Софтуер за управление и съхранение на документи 1 бр.
 </x:t>
   </x:si>
   <x:si>
     <x:t>СИ АЙ ДЖИ БЪЛГАРИЯ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1040-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА - 1 бр. Фасадно рамково скеле и 1 бр. Кофражна система от олекотен тип</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СЕПАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2291-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване на машини за огъване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРОЯ БИЛД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0288-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка на производствено оборудване:
 ОП1 Машина за белене на картофи - 1 бр.,
 ОП2 Зеленчукорезачка - 1 бр., 
 ОП3 6-ца газови котлони 1 бр., 
 ОП 4 Пасатор - 1 бр., 
 ОП 5 Конзолна съдомиялна машина - 1 бр., 
 ОП6 Хладилник - 6 бр., 
 ОП 7 Фризер - 4 бр., 
 ОП 8 Хладилна маса - 3 бр., 
 ОП 9 Витрина за поддържане на топла храна на водна баня - 1 бр.
 ОП 10 Хладилна витрина за поддържане на свежа храна от температурен контрол 1 бр. 
 ОП 11 Парен конвектомат - 1 бр.
 </x:t>
   </x:si>
   <x:si>
     <x:t>ЛИН ЕНД КО ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2265-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Разработка на специализиран софтуер на Система за координиране на множество от автоматизирани роботи за почистване – (СИСКОРП)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Доставка и монтаж на автоматичен пробивен център за подобряване на производствения капацитет на "ФормаПро"ООД, гр. Хасково</x:t>
   </x:si>
   <x:si>
     <x:t>ФормаПро ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0053-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>Предмет на процедурата е избор на изпълнители за външни услуги по Дейност 1 (подбор, превод, субтитриране и видеомонтаж), Дейност 2 (организиране на публични събития – логистика, модерация, техника, зали, медии и печатни материали) и Дейност 4 (комуникация и популяризация – PR, рекламни кампании и промоционални материали).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Фондация Ятрус</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.024-0012-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Закупуване, доставка и въвеждане в експлоатация на Концертна система - 1 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>Рент 4 Ивент ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2509-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Предмет на процедурата е избор на изпълнители за външни услуги по Дейност 1 (подбор, превод, субтитриране и видеомонтаж), Дейност 2 (организиране на публични събития – логистика, модерация, техника, зали, медии и печатни материали) и Дейност 4 (комуникация и популяризация – PR, рекламни кампании и промоционални материали).</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>СМР</x:t>
   </x:si>
   <x:si>
     <x:t>СТЕМАР - 2019</x:t>
   </x:si>
   <x:si>
     <x:t>BG14MFPR001-2.001-0015-C03</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на процедурата е избор на изпълнители за Дейност 3 (разработка на дигитална платформа и онлайн изложба – уеб дизайн, интеграция на съдържание, 3D визуализации и поддръжка) и Дейност 5 (създаване на интерактивна игра/викторина – концепция, програмиране, дизайн, съдържание, лицензи и награди).</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на мрежи за садки</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуването, доставка и монтаж на Термолепачна машина за книги;</x:t>
   </x:si>
   <x:si>
     <x:t>ТРОЯН - ПРЕС АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1868-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на оборудване за увеличаване на производствения капацитет на Ореха 2018 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>ОРЕХА 2018 ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-2088-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване, доставка и монтаж на линия за дигитален печат на кен и бутилка - 1 бр.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЛАНА ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0152-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Избор на изпълнител за обновяване на сградния фонд на "ДУДО СТРОЙ " ЕООД Доставка и монтаж на Фотоволтаична електрическа централа (ФвЕЦ) </x:t>
   </x:si>
   <x:si>
     <x:t>ДУДО СТРОЙ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-4.021-0140-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Полагане на тръби за газова инсталация от сграда 9 до сграда 13-  от втори етап на проект „Вътрешноплощадкова обслужваща инфраструктура – път, газификация, площадкови водоснабдяване и канализация, улично осветление и трансформаторни станции в УПИ V-1306 и УПИ IX – 2058,2103 на кв.10, м. "НПЗ Илиянци - Запад", Район Надежда – СО, ПИ 68134.1372.2107 и ПИ 68134.1372.2105 Индустриален парк „Рожен 41“, бул. „Рожен“ №41
 </x:t>
   </x:si>
   <x:si>
     <x:t>РИЪЛ ЕСТЕИТС ДИВЕЛЪПМЪНТ ЕАД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-3.007-0003-C02</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северозападен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
+    <x:t>Извършване на научни изследвания за полагане на функционално покритие върху каменна хартия с плазма</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Европак България М АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0166-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северен Централен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
   </x:si>
   <x:si>
     <x:t>,,А1 България“ ЕАД</x:t>
   </x:si>
   <x:si>
-    <x:t>BG-RRP-7.008-0007-C01</x:t>
+    <x:t>BG-RRP-7.008-0006-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>“Изпълнение на СМР за ЕСМ в сградата на хотел "Империал Палaс" чрез доставка и монтаж на VRF/VRV система”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>С.Б. РОЯЛ ХОТЕЛС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0078-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка инсталиране и въвеждане в експлоатация на оборудване за пекарна с три обособени позиции:
 Обособена позиция 1: Подова пещ-1 брой, с включени:
 1.1.Поставка за тави - 6 броя;
 1.2.Парна качулка с вентилатор - 1 брой;
 1.3.Интегриран ръчен зареждач-1 брой;
 Обособена позиция 2: Напълно автоматичен втасателен шкаф -1 брой;
 Обособена позиция 3: Двуцилиндрова мащина за галета -1 брой;</x:t>
   </x:si>
   <x:si>
     <x:t>СЛАДКИЯ КЪТ ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1497-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северен Централен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
-[...11 lines deleted...]
-    <x:t>BG-RRP-4.021-0078-C01</x:t>
+    <x:t>Доставка на ДМА със следните обособени позиции:
+Обособена позиция 1: Доставка на пълноцветни LED дисплеи - 2 бр.;
+Обособена позиция 2: Доставка на компютърно оборудване.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛАЙТМЕДИЯ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1421-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на нови оптични интерфейси, необходими за експлоатацията на опорната мрежа на А1 България ЕАД на територията на Северозападен район, в рамките на процедура „BG-RRP-7.008- Широкомащабно разгръщане на цифрова инфраструктура на територията на България“ от Националния план за възстановяване и устойчивост</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-7.008-0007-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и монтаж на:
+1. Пълноцветна дигитална печатна машина - 38 610.04лв
+2. Aвтоматична система за ламиниране - 70 409.88лв
+3. Компютърни конфигурации 4бр. - 47 560.00лв
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФАБЕР-ПРИНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1080-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Доставка, монтаж и пуск в експлоатация на ДМА за нуждите на рекламна агенция по обособени позиции.
 </x:t>
   </x:si>
   <x:si>
     <x:t>ТЕРА ПРИНТ ПЛЮС ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1670-C01</x:t>
   </x:si>
   <x:si>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на хардуер за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0004-C02</x:t>
+  </x:si>
+  <x:si>
     <x:t>Доставка на мобилен единичен контейнер (оборудван) - 2 бр.</x:t>
   </x:si>
   <x:si>
     <x:t>СТИЙЛ ПРОДАКШЪН ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFPR002-1.004-2353-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>„Доставка, монтаж и въвеждане в експлоатация на хардуер за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ”</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Доставка на нов електрически автомобил за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ”</x:t>
   </x:si>
   <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на професионално оборудване за заведение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАФЕТЕРИЯ ПЕТКОВИ-РУСЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1986-C01</x:t>
+  </x:si>
+  <x:si>
     <x:t>„СМР на административно-битова сграда в обект "Складова база за промишлени стоки" с РЗП 556,9 кв.м. предписани в енергийното обследване „</x:t>
   </x:si>
   <x:si>
     <x:t>ЕВРОС - КИП ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-4.021-0203-C01</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>BG16RFPR001-1.004-1986-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на полуавтоматична машина за създаване на калъфи с твърди корици за книги,  за изработка на тетрадки с твърди корици и за оформяне на книги за продажба</x:t>
   </x:si>
   <x:si>
     <x:t>ТС ГРУП ООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1707-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на 2 бр Файбър лазерна система</x:t>
   </x:si>
   <x:si>
     <x:t>ДИБО АД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1202-C01</x:t>
   </x:si>
   <x:si>
     <x:t>„Логистично и техническо обезпечаване на събития (информационни срещи) по проект № BG16RFPR002-1.002-0002-C01 „Насърчаване на дигитализацията в Югозападна България (InnovationAmp)“</x:t>
   </x:si>
   <x:si>
     <x:t>Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект Сдружение</x:t>
   </x:si>
@@ -1365,51 +1408,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E96"/>
+  <x:dimension ref="A1:E100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -1754,68 +1797,68 @@
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
         <x:v>46035</x:v>
       </x:c>
       <x:c r="B22" s="2">
         <x:v>46028</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2">
         <x:v>46035</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>46027</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2">
         <x:v>46035</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>46028</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2">
         <x:v>46035</x:v>
       </x:c>
       <x:c r="B25" s="2">
         <x:v>46028</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
@@ -2077,136 +2120,136 @@
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B41" s="2">
         <x:v>46030</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>46029</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>46030</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B44" s="2">
         <x:v>46030</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>46030</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>46028</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>46029</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B48" s="2">
         <x:v>46030</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
@@ -2502,213 +2545,213 @@
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B66" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>46030</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>46031</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>46031</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>46030</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B71" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B72" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
         <x:v>46040</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46033</x:v>
+        <x:v>46032</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
         <x:v>46040</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>46032</x:v>
+        <x:v>46033</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
         <x:v>46040</x:v>
       </x:c>
       <x:c r="B75" s="2">
         <x:v>46030</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
         <x:v>46040</x:v>
       </x:c>
       <x:c r="B76" s="2">
         <x:v>46032</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B77" s="2">
         <x:v>46033</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B78" s="2">
         <x:v>46033</x:v>
@@ -2723,332 +2766,400 @@
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B79" s="2">
         <x:v>46027</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>46029</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>46031</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B82" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>46031</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B84" s="2">
         <x:v>46031</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
         <x:v>46041</x:v>
       </x:c>
       <x:c r="B85" s="2">
         <x:v>46029</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
-        <x:v>46042</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>46030</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
-        <x:v>46043</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>46028</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2">
-        <x:v>46043</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>46030</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
-        <x:v>46043</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>46030</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
-        <x:v>46043</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46031</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2">
         <x:v>46043</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>46033</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2">
         <x:v>46043</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>46033</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2">
-        <x:v>46044</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>46029</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2">
-        <x:v>46049</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>46030</x:v>
+        <x:v>46033</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2">
-        <x:v>46172</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>45783</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2">
-        <x:v>46317</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>45671</x:v>
+        <x:v>46033</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
         <x:v>280</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="2">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B97" s="2">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="2">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B98" s="2">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B99" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="2">
+        <x:v>46317</x:v>
+      </x:c>
+      <x:c r="B100" s="2">
+        <x:v>45671</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>292</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>