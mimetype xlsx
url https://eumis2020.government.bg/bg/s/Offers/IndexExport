--- v2 (2026-01-12)
+++ v3 (2026-02-12)
@@ -1,1056 +1,1483 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa59620948584b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51dc2d3fb37d4adda532ebe0295e54e1.psmdcp" Id="R71b33254995d4ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4128d87b1d3449ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f78a2f26f94f4d69a9232f91ccbd2388.psmdcp" Id="Rd153a198b5d84186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="293">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="413">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
-    <x:t>„Доставка на телескопичен товарач – 1 брой“</x:t>
-[...62 lines deleted...]
-ОП3 „Доставка на специализирано оборудване и софтуер“
+    <x:t>Доставка на оборудване в 2 обособени позиции:
+ОП 1. Кръгла плетачна машина
+ОП 2. Маса за напаряване и вакуумиране</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИЛИЯ - 2004 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1552-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДАМЕРА ХОТЕЛС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1933-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Подобряване на производствения капацитет на предприятието чрез доставка на оборудване за кухня и бар“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АГРОФЕРМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1485-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Услуги по разпространение на филма „КАК ХАКНАХМЕ МАТУРИТЕ“ през различни канали</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЪФ ПИКЧЪРС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.024-0072-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка, монтаж и въвеждане в експлоатация на Високоскоростен лазер с автоматично подаване - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"СЕВДЕКС" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1208-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на информационна система за нуждите на производствено предприятие в гр. Бургас</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Монсийт ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0644-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">"Доставка на активи за промишлено приготвяне , производство и съхранение на хлебни изделия и продукти по обособени позиции: 
+Обособена позиция 1: "Доставка, монтаж и въвеждане на експлоатация на Подова модулна пещ за печене на хляб, хлебни и сладкарски изделия - 1бр,
+Обособена позиция 2 "Доставка, монтаж и въвеждане на експлоатация на Професионална електрическа фурна 2 бр,
+Обособена позиция 3 " Доставка, монтаж и въвеждане на експлоатация на Професионален електрически конвектомат -2 бр. ,
+Обособена позиция 4 " Доставка и въвеждане на експлоатация на Професионален вертикален хладилен шкаф-3 бр.
+Обособена позиция 5 "Доставка на Професионални тави за закуски и сладкарски изделия 75 бр и Колички за тави-5 бр "
 </x:t>
   </x:si>
   <x:si>
-    <x:t>АМБУЛАТОРИЯ ЗА ПЪРВИЧНА МЕДИЦИНСКА ПОМОЩ ПО ДЕНТАЛНА МЕДИЦИНА – ИНДИВИДУАЛНА ПРАКТИКА Д-Р ХАДЖИЕВ ЕООД</x:t>
-[...111 lines deleted...]
-Компресор за въздух - 1 бр.
+    <x:t>БОГО-ИНВЕСТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0253-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ергономични работни столове и бюра</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИПОС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1467-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Внедряване на информационна система за нуждите на автосервиз“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАТЕРИНИ-К ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0775-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на високотехнологично оборудване за автосервиз със следните обособени позиции:
+1.Оборудване за демонтаж, монтаж и баланс на гуми
+2.Оборудване за акумулатори и стартови системи
+3.Инструментални колички и ръчни инструменти
+4.A/C станции за климатични системи
+5.Компресорно оборудване
+6.Специализирани сервизни преси и тестери</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ГРОЗДАНОВ 64" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0404-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Извършване на научни изследвания в областта на иновацията /хигиенизирана климатична и вентилационна камера/ и извършване на консултантски или еквивалентни услуги по обособени позиции“, както следва:
+ОБОСОБЕНА ПОЗИЦИЯ №1: Услуги за научно изследване - разработване на конфигуратор, който да подсигури извеждане на техническа селекция
+ОБОСОБЕНА ПОЗИЦИЯ №2: Услуги за научно изследване - концептуално и техническо проектиране на прототип.
+ОБОСОБЕНА ПОЗИЦИЯ №3: Услуги за консултантски или еквивалентни услуги - изпитване на механични и данамични характеристики и безопасност на съоръжението</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЕКСАС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0100-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Изработка и доставка на рекламни материали за нуждите на проекта „Насърчаване на дигитализацията в Югозападна България (InnovationAmp) -  Сдружение Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект - бенефициент
 </x:t>
   </x:si>
   <x:si>
-    <x:t>СУЗИ СТИЛ ООД</x:t>
-[...7 lines deleted...]
-Обособена позиция 2: Машина за рециклиране на кабели- 1 бр.“
+    <x:t>Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0002-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на сървър - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕДИЦИНСКИ ЦЕНТЪР КАЗАНЛЪК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0364-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и инсталация на Хоризонтален струг с ЦПУ 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>М 40 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0560-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка, монтаж и въвеждане в експлоатация на:
+Обособена позиция 1: Подемници 
+ 1.Ножичен подемник -3500 кг. -1 брой
+ 2.Колонен подемник -3000 кг. - 1 брой
+ 3.Четириколонен електрохидравличен подемник за реглаж -1 брой
+ 4. Колонен подемник-2500 кг. - 1 брой
+ 5. Колонен подемник - 4000 кг -1 брой
+Обособена позиция 2: Оборудване за работни станции:  
+ 1. Станция за зареждане на климатична система-1 брой
+ 2. Специализирани скоби за кормилно управление и окачване-1 брой
+ 3. Работен плот механик - 3 броя
+ 4. Преносим кран, хидравличен - 2 броя
+ 5. Хидравлична преса - 30 тона -1 брой
+ 6. Комплект оборудване за поддръжка на течности и горива -1 брой
+ 7. Работна станция за автомонтьор с 7 чекмеджета- 3 броя
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЕНЕРКЕМИКАЛ ООД</x:t>
-[...174 lines deleted...]
-    <x:t xml:space="preserve">Доставка на Кантираща машина за кантиране на скосени детайли - 1бр.
+    <x:t>МАСТЕР-Р ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2306-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и първоначална настройка на компютри, офис техника и конферентно оборудване за нуждите на проекта „Насърчаване на дигитализацията в Югозападна България (InnovationAmp)“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за рекламна агенция със следните обособени позиции: ОП1 Доставка  на специализирано оборудване за видеозаснемане и ОП2 Доставка  на черна техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сиемпре дизайн ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2254-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, инсталиране и тестови пуск на картинг писта KONZA на общо 14 бр. картинга, включително: 2 бр. Картинг – вид 1; 4 бр. Картинг – вид 2 и 8 бр. Картинг – вид 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАНКООП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2288-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Внедряване на оборудване за иновационен процес включващо: една позиция 
+ОП2 - 3 Д Параметрична КАД Система за интериорен и мебелен дизайн, Стандартна база данни - 3 лиценза, Допълнителен органайзер за експортиране на списъци - 2 лиценза, КАД КАМ Система за професионално конструиране на мебели - 1 лиценз, органайзер модул за извеждане на справки и производствена информация - 1 лиценз, Система за проектиране на мебели на AutoDesk технология 1 лиценз, Система за Пренос на информация - 1 брой, Система за пренос на информация от ПЛАН към КАД - 2 лиценза, Пост процесор за ЦПУ център – 1 машина
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка и въвеждане в експлоатация на апаратура</x:t>
-[...23 lines deleted...]
-Обособена позиция 3: Лазерен скенер – 1 брой
+    <x:t>ЕТ ПТБ-ДАНИЕЛА ДЕНЕВА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0219-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и пускане в експлоатация на специализиран кроялен участък за бельо“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДАФИ 84 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0564-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на активи:
+- професионална пералня - 1 бр.;
+- професионална сушилня - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕМА 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2357-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изпълнение на строително ремонтни дейности, с цел въвеждане на енергоспестяващи мерки в сградата на ЕТ "Галия - Галина Георгиева" в няколко обособени позиции:
+Обособена позиция 1 (ОП1) Система за отопление
+Обособена позиция 2 (ОП2) Изграждане на фотоволтаична централа за собствени нужди”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ГАЛИЯ - ГАЛИНА ГЕОРГИЕВА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0338-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Доставка на оборудване за защита от вредни изпарения при завяряване по позиции: 
+ОБОСОБЕНА ПОЗИЦИЯ №1: Заваръчна маса с аспирация - 6 бр.
+ОБОСОБЕНА ПОЗИЦИЯ №2: Мобилна аспирационна система с един ръкав – 6 бр.“ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0141-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Инженеринг- изготвяне на технически проекти, изпълнение на СМР и осъществяване на авторски надзор за прилагане на мерки за енергийна ефективност и мерки за оползотворяване на енергия от възобновяеми източници на ХОТЕЛ – ЦИГОВ ЧАРК, Курортен комплекс „ЯЗОВИР БАТАК“ ЗОНА „А“, ПИ 02837.503.1048 по Кадастрална карта и кадастрални регистри НА ГР.БАТАК</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БРАТЯ ПАШКУЛЕВИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0205-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">" Доставка на ДМА за подобряване на производствения капацитет на семейното предприятие ЕТ "„ Мота 6 Лаборатори – Стоянка Роганска“  за производство на козметични продукти" по 4 обособени позиции:
 </x:t>
   </x:si>
   <x:si>
-    <x:t>СОНИК МОДУЛ ЕООД</x:t>
-[...123 lines deleted...]
-Обособена позиция 5: Машината за опаковане със странично подаване на опаковка тип плик със серво
+    <x:t>ЕТ МОТА 6 ЛАБОРАТОРИ - СТОЯНКА РОГАНСКА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1221-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на производствена машини - Конвектомат, Шприц за сладки и Планетарен миксер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕСИ КЕЙК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0956-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Разработване, доставка и внедряване на ДНА за внедряване на продуктова иновация в Лаптопмедия“ ЕООД, по следните обособени позиции:
+Обособена позиция 1: "Онлайн софтуерна платформа за представяне, управление и дистрибутиране на каталози с продукти и продажба на съдържание базирано на каталозите";
+Обособена позиция 2: "Каталог с продукти/база данни от сектора на електрониката"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛаптопМедия ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0624-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и пускане в експлоатация на ДМА в изпълнение на Дейност 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЕВЪР НОУ ПРОДЪКШЪНС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2436-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на машини и оборудване за извършване на техническо обслужване и ремонт на автомобили по следните обособени позиции: 
+Обособена позиция 1: Закупуване на : автоматична машина за . обслужване на автоклиматици- 1 брой, Машина за промивка климатици.- 1 брой. 
+Обособена позиция 2: Закупуване на Гумодемонтажна машина за товарни автомобили, автобуси, селскостопанска и пътно-строителна техника
+Обособена позиция 3: Закупуване на 2 броя клетки за измиване на автомобилите, ведно с почистваща и измивна система – 1 брой
+Описанието на минималните технически характеристики на машините и оборудването е описано в Технически спецификации- Приложение към настоящата Публична покана.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЛУКЕРИЯ ООД</x:t>
-[...37 lines deleted...]
-    <x:t xml:space="preserve">БЯЛА РЕКА - ВЕЦ ООД
+    <x:t>БИБИ 75 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2528-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МТВ ВАРНА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1126-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на лични предпазни средства (ЛПС) и специално работно облекло с 3 обособени позиции:
+Обособена позиция 1: Лични предпазни средства
+Обособена позиция 2: Специално работно облекло
+Обособена позиция 3: Заваръчен шлем
 </x:t>
   </x:si>
   <x:si>
-    <x:t>BG14MFPR001-2.002-0008-C02</x:t>
-[...116 lines deleted...]
-ОП2 Софтуер за управление и съхранение на документи 1 бр.
+    <x:t>КИПРИДА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1676-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка и въвеждане в експлоатация на "Хардуерно оборудване" за внедряване на иновативна система за интелигентно автоматизирано засичане броя на зрителите в „Техно“ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТЕХНО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0470-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на средства за колективна защита и лични предпазни средства за нуждите на Амбулатория за индивидуална практика за първична дентална помощ - ДАМЯНОВ ДЕНТАЛ ЕООД“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ПЪРВИЧНА ДЕЙНТАЛНА ПОМОЩ - ДАМЯНОВ ДЕНТАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1972-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> Закупуване на високотехнологични машини за производство на метални изделия </x:t>
+  </x:si>
+  <x:si>
+    <x:t>"МЕТАЛ ДИЗАЙН БГ 4" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0671-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Закупуване, доставка и въвеждане в експлоатация на оборудване за внедряване на продуктова иновация в „МАГ“ ООД, по следните обособени позиции:
+Обособена позиция 1: Mашина за разкрой на листов материал с фибро-оптичен лазерен източник - 1 бр.;
+Обособена позиция 2: Електрохидравличен серво Синхронен абкант - 1 бр.;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0532-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предоставяне на услуги по провеждане на специфични обучения на служители на Инкофудс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНКОФУДС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0024-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА по следните Обособени позиции:
+ОП 1. Интегриран принтер/плотер 1 бр.
+ОП 2. Ламинатор 1 бр.
+ОП 3. Дигитална преса 1бр.
+ОП 4. Гилотина 1 бр.
+ОП 5. Софтуери за графичен дизайн 2 бр.
+ОП 6. Специализиран компютър 2 бр.
+ОП 7. Монитор 2 бр.
+ОП 8. Режещ плотер 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕКТОР ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1810-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на овлажнителна система с водно оръдие</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГОЛДЪН ФИЙЛД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0475-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на доставчик за услуги и решения в областта на ИКТ на х-л Палма</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Палма тур ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0231-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на доставчик на ДМА за подобряване на производствения капацитет на ЕТ "Златка Йорданова- Голд- 2"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЗЛАТКА ЙОРДАНОВА - ГОЛД-2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0332-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на строителни машини: Самоиздигащ се кран с долно въртене - 93 409,57 евро</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИЛЕНИУМ-СТРОЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0969-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за дигитални клубове по две обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СДРУЖЕНИЕ "БЪЛГАРИЯ ЛЕЙБЪР РАЙТС УОЧ"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-1.024-0677-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на машини, оборудване и инструменти, необходими за извършването на строително-монтажните дейности във връзка с изпълнение на ДБФП BG16RFPR001-1.004-2747-C01  от 04.06.2025г. в пет обособени позиции:
+Обособена позиция 1: Машини, съоръжения и оборудване за подготовка и направа бетон
+Обособена позиция 2. Машини за рязане на бетон, тухли, керамика
+Обособена позиция 3. Машини за къртнене, пробиване и обработка на стени и подове
+Обособена позиция 4. Машини за измерване
+Обособена позиция 5. Машини за шлайфане, рязане и обратване на метал, дърво и бетон</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТИНОД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2747-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на аспирационно оборудване по проект BG05SFPR002-1.004-1159-C01 „Адаптирана работна среда в „Уолтопия“ АД“ по програма "Развитие на човешките ресурси" 2021-2027, съфинансирана от Европейския съюз чрез ЕСФ +</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Уолтопия АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1159-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване на ДМА с обособени позиции
 </x:t>
   </x:si>
   <x:si>
-    <x:t>СИ АЙ ДЖИ БЪЛГАРИЯ ООД</x:t>
-[...34 lines deleted...]
-ОП 11 Парен конвектомат - 1 бр.
+    <x:t>ФУУДУЕЙС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1464-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на технологично оборудване за предоставяне на VoIP услуги</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТБГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2740-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Интраорален скенер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГРУПОВА ПРАКТИКА ЗА ПЪРВИЧНА ДЕНТАЛНА ПОМОЩ БЪЧВАРОВИ ДЕНТ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1992-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Младежки форум 21 век</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-1.024-0529-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на безпилотна летателна система, комплект лазерна система, геодезическа система и компютърна конфигурация </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АДИТ ГЕОКАД ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0401-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Първи етап с пет Обособени позиции за доставка на активи за подобряване на производствения капацитет на "Хаус Консулт" ЕООД, а именно:
+Обособена позиция 1 - Потопяем миксер пасатор;
+Обособена позиция 2 – Хладилна витрина за торти;
+Обособена позиция 3 – Неръждаем ъглов работен шкаф с шарнирна врата;
+Обособена позиция 4 – Работен шкаф от неръждаема стомана ECO – 2 бр.;
+Обособена позиция 5 – Суши робот – Маки робот, вкл. монтаж;
+За всеки един от планираните ДМА ще се следват правилата и условията, предвидени в Глава четвърта от Закона за управление на средствата от европейските фондове при споделено управление (ЗУСЕФСУ) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХАУС КОНСУЛТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1753-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на машини по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КОРЕКТ ГОТИК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0204-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА по обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИМОВИ СЪРВИЗ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2446-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на актива Колесен челен товарач</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИГС-93 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2294-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Предоставяне на услуги свързани с участие на изложение в чужбина“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СДРУЖЕНИЕ "АСОЦИАЦИЯ НА ПРОИЗВОДИТЕЛИТЕ НА РИБНИ ПРОДУКТИ БГ ФИШ"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG14MFPR001-2.006-0004</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Провеждане на процедура за избор на изпълнител с предмет "Доставка на ДМА" и "Доставка на ДНА"   с прогнозна  стойност 84 836,02 лв. без ДДС
+1 Обектив 50mm 1бр. 
+2 Обектив 28-70mm 1бр. 
+3 Обектив 85mm  1бр. 
+4 Обектив  15-35mm 1бр. 
+5 Обектив 70-200mm  1бр. 
+6 Обектив 100mm  1бр.
+7 Светкавици 2 бр. с допълнителни батерии 3бр.
+8 Обектив 135 mm 1бр.
+9 Фотоапарати 2 бр. с вкл. карти памет и допълнителни батерии 
+10 Фотопринтери 2 бр. с два комплекта шпиндели
+11 Фотопринтер  1бр.
+12 Широко форматен принтер  1бр. 
+13  Комплект от 4 диодни тръби 1 бр. 
+14 Стабилизираща система 1 бр. 
+15 ДНА - Специализиран софтуер 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЛИН ЕНД КО ООД</x:t>
-[...65 lines deleted...]
-    <x:t xml:space="preserve">Закупуване, доставка и монтаж на линия за дигитален печат на кен и бутилка - 1 бр.
+    <x:t>ДИ АЙ БРОУДКАСТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2853-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ин виво тестове върху хора, т.е. клинични изследвания</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНОВА БМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0467-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Силов трансформатор за захранване на пещ за закаляване на стъкло - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЛАС ТАЙМ 3000 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1801-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за Доставка на компютърно оборудване и периферия</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Харисън Консулт ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1826-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на ДМА и ДНА за оборудване на геодезичен офис.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЕО ГРУП ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1083-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> "Доставка и въвеждане в експлоатация на ДМА за оборудване на обучителна зала по симултанен превод в реална среда и обучителна зала по дигитални компетентности и изкуствен интелект "</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРО - АЛИАНС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1004-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на машини </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЪ ПОЙНТ СТОНЕ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2423-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на машини за повишаване на производствения капацитет на "ПМ СЕРВИЗ 2018" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПМ СЕРВИЗ 2018 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0843-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на лаптоп </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АРЕНА-КОНСУЛТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2109-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Устойчиво енергийно обновяване на сгради в сферата на търговията и услугите</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АХАТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0290-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машини по две обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРИМОНЦИУМ ОПТИКС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1742-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Подобряване на производствения капацитет в ЕТ ЛОГИ - ОГНЯН ЕВГЕНИЕВ чрез доставка на Вертикален обработващ център 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЛОГИ - ОГНЯН ЕВГЕНИЕВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2414-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на изпълнител с предмет "Доставка на оборудване за детски кът в кафе-аператив "Вайлет" в две обособени позиции:
+1.  "Доставка на оборудване за вътрешен детски кът" - прогнозна цена на об.позиция 1:  17610,19 евро 
+2. "Доставка на VR симулатор за детски кът" - прогнозна цена на об. позиция 2 : 11596,46 евро  
+Обща цена на поръчката: 29206,65 евро 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>РИЛАНА ЕАД</x:t>
-[...14 lines deleted...]
-    <x:t xml:space="preserve">Полагане на тръби за газова инсталация от сграда 9 до сграда 13-  от втори етап на проект „Вътрешноплощадкова обслужваща инфраструктура – път, газификация, площадкови водоснабдяване и канализация, улично осветление и трансформаторни станции в УПИ V-1306 и УПИ IX – 2058,2103 на кв.10, м. "НПЗ Илиянци - Запад", Район Надежда – СО, ПИ 68134.1372.2107 и ПИ 68134.1372.2105 Индустриален парк „Рожен 41“, бул. „Рожен“ №41
+    <x:t>ЧЕЛСИНАТОР К7 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2524-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на Автоматична линия за групово опаковане на козметични продукти в термо-свиваемо фолио
 </x:t>
   </x:si>
   <x:si>
-    <x:t>РИЪЛ ЕСТЕИТС ДИВЕЛЪПМЪНТ ЕАД</x:t>
-[...67 lines deleted...]
-3. Компютърни конфигурации 4бр. - 47 560.00лв
+    <x:t>ГАПКО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2595-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на специализирана техника за нуждите на ЕЦИХ в сектор строителство</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Камара на строителите в България</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.001-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на: Тунк линия 1бр. - 56 068.25лв Миксер с планетарен механизъм 2бр. Машина за дробене на ядки и зеленчуци 1бр. Планетарен миксер 1бр. Миялна машина за кухненска посуда 1бр. Електрически парен сладкарски конвектомат с количка 1бр. Количка за конвектомат 1бр. Доставка на етажна количка за тави</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЕРИ 2007 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1289-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на таблети </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на фасадно рамково скеле</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НИК-ИЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0536-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване в две обособени позиции:
+• Обособена позиция 1 - Екструдер за филамент за 3D принтер - 1 бр.
+• Обособена позиция 2 - Ферма за 3D принтиране - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДХР Инженеринг ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0428-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>закупуване на комплексно фитнес оборудване за провеждане на кардио тренировки в фитнес център Sunrise Gym</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УЕЛФИТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1123-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на почистващи машини, в 8 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Хигиента ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0830-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на:
+1.	Акумулаторни професионални машини - 5 бр.
+2.	Резбонарезни машини 
+3.	Струг за резби
+4.	Акумулаторна прес машина
+5.	Диамантено пробивна машина
+6.	Палетна стелажна система
+7.     Газокар
+8.     Преносимо съоръжение за полифузна заварка
+9.     Телоподаващ заваръчен апарат - 4 бр.
+10.   Машина за челно заваряване на полиетиленови тръби
+11.  Апарат за електродъгово заваряване - 4 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕКОТЕРМ КОМПАНИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2119-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на хардуерно и софтуерно оборудване, в това число:
+Обособена позиция №1: Хардуерно оборудване:
+- Сървър тип 1 - 2 бр.; 
+- Сървър тип 2 - 2 бр. 
+- Дисков масив към сървър тип 2; 
+Обособена позиция № 2: Софтуерно оборудване:
+- Софтуерно решение за бекъп и архивиране; </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТехноЛогика ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0578-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на оборудване за заведение на база КСС</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖЕЙ ПИ 13 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1817-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Подобряване на производствения капацитет в ,,АКВА-СТРОЙ-ИНЖЕНЕРИНГ 77'' ЕООД“
+Обособена позиция 1: Машина за хоризонтално сондиране
+Обособена позиция 2: Фугорез
+Обособена позиция 3: Траншеен валяк
+Обособена позиция 4: Реверсивна вибро плоча”
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ФАБЕР-ПРИНТ ООД</x:t>
-[...5 lines deleted...]
-    <x:t xml:space="preserve">Доставка, монтаж и пуск в експлоатация на ДМА за нуждите на рекламна агенция по обособени позиции.
+    <x:t>,,АКВА-СТРОЙ-ИНЖЕНЕРИНГ 77'' ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1412-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Услуга по разработване на иновативно софтуерно решение (уеб и мобилна платформа) чрез извършване на изследвания, изпитвания, измервания и валидиране, и създаване и тестване на прототип и пилотна линия.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИДЖИМАРК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0480-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на ДМА по следните обособени позиции: 
+ОП 1 Стоматологичен юнит с вграден секторен рентген 1бр
+ОП 2 Микроскоп 1бр
+ОП 3 Въздушен безмаслен компресор 1бр
+ОП 4 Аспирационен агрегат 1бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АМБУЛАТОРИЯ ЗА ИНДИВИДУАЛНА ПРАКТИКА ЗА ИЗВЪНБОЛНИЧНА ПЪРВИЧНА ДЕНТАЛНА ПОМОЩ - Д-Р КИРИЛ МИНЕВ  ДЕНТАЛ  И СИЕ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0247-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на оборудване по 3 (три) обособени позиции:
+Обособена позиция №1 „Доставка, монтаж, инсталиране и пускане в експлоатация на Вертикален циркуляр - 1 брой“
+Обособена позиция №2 „Доставка и пускане в експлоатация на Електромеханична профилоогъваща машина - 1 брой“
+Обособена позиция №3 „Доставка на Ръчен електрически циркуляр - 1 брой“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИД БГ 2009 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1100-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и пускане в експлоатация на модулна конфигурация от фургони разположени на едно ниво. Включваща мобилно пространствено решение на едно ниво сглобено от общо 11 броя фургони с различна големина и предназначение (9 броя контейнери за преобличане, столова и почивка, 2 броя санитарни контейнери)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФРАНСТИЛ И КО ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0178-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Предоставяне на услуги по провеждане на специфични обучения на служители на Немечек ООД по проект BG05SFPR002-1.019-0020-C01, съфинансиран от ЕС. Всяко от обученията е в отделна обособена позиция.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ТЕРА ПРИНТ ПЛЮС ООД</x:t>
-[...68 lines deleted...]
-    <x:t>BG16RFPR002-1.002-0002-C03</x:t>
+    <x:t>НЕМЕЧЕК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0020-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на доставчик на ДМА (за подобряване на производствения капацитет на "Насс Фактор" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НАСС ФАКТОР ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0340-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Строително монтажни работи (СМР) за топлинно изолиране на сграда  с идентификатор 68850.505.77 по КККР на гр. Стара Загора</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮНИВЪРСЪЛ ИНВЕСТМЪНТ ПРОПЪРТИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0017-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на автоматична машина за изработване на понтове 
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АВЕАНИТ ИНЖЕНЕРИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2334-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане на Фотоволтаичен генератор за собствено потребление– 12 kWp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕТАЛ ИНВЕСТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0407-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за защита от неблагоприятен микроклимат. Обособена позиция 1 – Доставка на Децентрализирана система за мониторинг с рекуперация за шивашки цех. Обособена позиция 2 – Доставка на инверторни климатични системи.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НОВА ЛИНИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1741-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на иновативно решение за паркинг и видеонаблюдение по обособени позиции:
+Обособена позиция 1: Автоматизирана система за управление на паркинг
+Обособена позиция 2: Цифрова система за видеонаблюдение и охрана</x:t>
+  </x:si>
+  <x:si>
+    <x:t>С.Т.СЛЪНЧЕВ РАЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0602-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Роботизирана линия за катоднo електрофорезно боядисване (KTL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОНИ - 83 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на високотехнологично оборудване за автосервизна дейност с обособени позиции:
+1.Решение за калибриране на асистиращи системи при шофиране
+2.Доставка на климатични станции
+3.Доставка на подемно оборудване
+4.Доставка на инструменти и помощно оборудване
+5.Доставка на пневматично оборудване
+6.Компютърен 3D стенд за регулиране геометрията</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ Д.В.М - ДИЯН ГЕОРГИЕВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0411-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изработка и тестване на прототип на инсталация за производство на газообразен азот с висока чистота (99,999% или по-висока), чрез използване на доочистка с газообразен водород</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕЛЕКТРИС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0420-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на Система за трансферен печат върху полиестерни тъкани - 1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РИЪЛ СПОРТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0241-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на специализирано обзавеждане и оборудване за нуждите на Краштим ЕООД в 4 обособени позиции:
+ОП 1 Доставка на Хладилно оборудване 
+ОП 2  Доставка на Готварско оборудване
+ОП 3 Доставка на Помощно кухненско оборудване
+ОП 4 Доставка на обзавеждане за ресторант</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КРАШТИМ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1958-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машина за опаковане със стреч фолио</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на мобилни контейнери и оборудване за нуждите на работещите в „Менкаура“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МЕНКАУРА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1146-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Придобиване на дълготрайни материални активи, необходими за внедряването на полезен модел с рег. № 3207 U1 "Система за дистанционно диагностициране и провеждане на възстановителни програми в специализирани фитнес-медицински центрове" – „Придобиване на компютърно оборудване, сървър и система за видеоконферентна връзка“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АТЛЕТИК ФИТНЕС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0321-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на оборудване и обзавеждане за подобряване на производствения капацитет на ресторант</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"МОНТЕСИТО-87" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0915-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">"Избор на изпълнител за доставка, монтаж и въвеждане в експлоатация на ДМА: NAS сървър, окомплектован с дискове 1 брой; мултифункционални устройства - 2 броя; преносим компютър - тип 1 - 1 брой; преносим компютър - тип 2 - 1 брой; преносим компютър - тип 3 -  3 броя; комутатор - 1 брой" </x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТРОЙКОНСУЛТ-ГН 99 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1430-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване:
+ОП 1: Режещо-печатащ принтер  
+ОП 2: Електрическа гилотина 
+ОП 3: Mашинa за нагряване и огъване на пластмаси
+ОП 4: Лазер /комбинирана гравираща и режеща машина/
+ОП 5: Печатна преса</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИВЕРСАЛ-ИПП - ТАСЕВИ И С-ИЕ СД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1740-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">""Доставка на активи и оборудване по обособени позиции : 
+Обособена позиция 1 : Доставка на ресторантьорско и професионално кухненско оборудване 
+Обособена позиция 2. Доставка на Телевизионно и аудиовизуално оборудване
+Обособена позиция 3: Доставка на Обзавеждане и мебелировка за заведение" </x:t>
+  </x:si>
+  <x:si>
+    <x:t>БРАКС 2020 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0442-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване, доставка, монтаж, пускане в експлоатация на широкоформатен солвентен принтер - 1 бр. за повишаване на производствения капацитет в АртПринтШоп ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АртПринтШоп ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1896-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машини, в пет обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ай Пи Дизайн ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0916-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА за "Лаборатория по климатично въздействие върху материалите": камера за бързо стареене на материалите - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Сдружение "Регионален иновационен център "Амбицизно Габрово""</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на машини за повишаване на производствения капацитет на ШОГУН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ШОГУН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2324-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изработка на платки по задание на възложителя за целите на разработката на контролер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕНСИС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0377-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на Колаборативен робот - 10 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЖЪНК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1832-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и гаранционна поддръжка на професионален таванен климатик</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФЕНИКС 94 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1522-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Дооставка на специализиран софтуер „Интуитивна AI платформа за бизнес анализ с комуникация на естествен език – NovaBI“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НЮМАРК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2710-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на кранов прахоуловител</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРИСТАНИЩЕ ВАРНА ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2223-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Провеждане на тръжна процедура  по ПМС 4 от 11 януари 2024 г. за избор на доставчици на материали по опис с обща прогнозна стойност 51 400 лв. без ДДС с 2 обособени позиции:
+ОП 1.Група химикали по опис с обща прогнозна стойност 43 000 лв.без ДДС
+ОП 2. Сребърна паста (дял на чисто вещество от 77 % до 85 %) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>САМЕЛ - 90 АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0289-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на студийно оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АЛБЕДО ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0237-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на специализиран софтуер за внедряване на иновация в "Ава Вижън" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"АВА ВИЖЪН" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0427-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БУКЕТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1743-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на хладилно кухненско оборудване и професионално кухненско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ЖУЛИ-43 - ИВАН ЮРУКОВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1294-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Придобиване на ресторантьорско оборудване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГрадЦко ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0930-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на вертикален екструдер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ИНС МАШИНЪРИ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1907-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудвани преместваеми контейнери за отдих и хранене</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮГСТРОЙ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1863-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на лични предпазни средства и специално работно облекло</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЙ МОНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0628-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител чрез избор с публична покана за организация и координация на логистиката по участие на екипа в международни фестивали, включително осигуряване на транспорт (наземен и въздушен).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРАКИЙСКО ДРУЖЕСТВО СТРАНДЖА ГРАД БУРГАС Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-11.019-0014-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в действие на 3 три машини ДМА - 3 обособени позиции:
+1. Хидравличен престилков абкант - 1 бр.;
+2. Електромеханична гилотина - 1 бр.;
+3. Машина за лазаерно рязане - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КЛИМАТИК - ЕМ ВИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1310-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на минибагер</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИЛДИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0853-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Текущ ремонт на помещения, предназначени за оборудване на дигитални клубове в рамките на проект № BG-RRP-1.024-0529 „Изграждане на мрежа от 13 дигитални клуба“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване под прага на същественост за ДМА.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СРЕБЪРНО ЕЗЕРО 2007 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2478-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на системи за подобряване на енергийната ефективност на сграда в сферата на услугите - сумите са в лева</x:t>
+  </x:si>
+  <x:si>
+    <x:t>НАЦИОНАЛЕН ПЕРИЛЕН КОМБИНАТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0227-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, внедряване и интегриране на Интелигентна, хибридна софтуерна платформа“ 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„ДИАНА“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РАЗРАБОТВАНЕ И ВНЕДРЯВАНЕ НА B2B ПЛАТФОРМА И ХИБРИДНО МОБИЛНО ПРИЛОЖЕНИЕ В „КАМ-04“ ООД, ПЛОВДИВ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КАМ-04 ООД, Пловдив</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0697</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител в 2 (две) обособени позиции по проект - "Нови възможности за семейния бизнес - модернизация на цеха за производство на несглобени дървени паркетни дъски" по договор № BG16RFPR001-1.004-0997-C01 по процедура BG16RFPR001-1.004 – „Подкрепа за семейните предприятия, предприятията от творческите индустрии и занаятите.“:
+- Обособена позиция 1: Широколентова шлайфмашина с 3 ленти - 1 /един/ брой.
+- Обособена позиция 2: Хоризонтален Банциг за листене - 1 /един/ брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПАКО ПАРКЕТ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0997-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на оборудване за хотел Мантар по обособени позиции: 
+Обособена позиция 1: Доставка и монтаж на кухненско оборудване 
+Обособена позиция 2: Доставка на оборудване и обзавеждане за стаи 
+Обособена позиция 3: Доставка на масажни легла и шезлонги</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАНТАР - 2012 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2298-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на 2 обособени позиции: принтер за директен печат върху текстил - 1 бр., ,  плоскопечатен принтер - 1 бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДИГИТАЛНИ УСЛУГИ- 3 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0473-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Текущ ремонт на помещения, предназначени за оборудване на дигитални клубове в рамките на проект № BG-RRP-1.024-0677 „Изграждане на мрежа от 14 дигитални клуба“</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и  монтаж на:
+1. Климатик (1 вид)- 2 броя;
+2. Климатик (2 вид)- 1 брой;
+3. Климатик (3 вид)- 7 броя;
+4. Климатик (4 вид)- 2 броя;
+5. Климатик (5 вид)- 2 броя.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОТЕЙ - М ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0458-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на:
+ОП 1 -Оборудване за професионална кухня 
+1.Парен конвектомат-1бр. 
+2.Стойка за конвектомат-1бр.
+3.Ком-кт издърпващи се релси за аксесоари-4бр.
+4. Газов котлон с 4 горелки-1бр.
+5.База под топлинен уред-1бр.
+6.Газова гладка скара-1бр.
+7.Газова гладка скара-1бр.
+8..Газова рифелована скара-1бр.
+9.Неутрален модул-1бр.
+10.Високо скоростна фурна-1бр.
+11.Пица фурна-1бр.
+12.Вакуумна машина-1бр.
+13..Система за вкарване на защитен газ-1бр.
+14. Кафемашина-1бр.
+15.Кафемелачка-1бр.
+16..Чашомиялна машина-1бр.
+17.Съдомиялна машина-1бр.
+18.Блендер-1бр.
+19.Бавнооборотна сокоизстисквачка за студ.пресоване-1бр.
+20.Плоча за печене на грил и пица-2бр. 
+21.Скара със симетрична решетка и паралелни ивици-2бр.
+21.Стойка за задържане на плик, пълен с течност-1бр.
+ОП 2 -Хладилни съоръжения
+1.Хладилна база под топлинни уреди-1бр.
+2.Хладилнa работнa маса със заден борд-1бр.
+3.Хладилен шкаф среднотемпературен-1бр.
+4.Хладилен шкаф нискотемпературен-1бр.
+5.Ледогенератор-1бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕСКЕЙП 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2355-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Спортни, културно-развлекателни и артистични дейности</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0003-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности (МОМ)
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-1.003-0001-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Спортни, културно-развлекателни и артистични дейности
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Държавна агенция за бежанците при Министерския съвет (ДАБ при МС)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-1.003-0002-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0015-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-2.001-0005-C02</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Технически Университет - София</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-2.005-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
   <x:si>
     <x:t>BG65AMPR001-2.001-0007-C02</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1408,1758 +1835,2489 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E100"/>
+  <x:dimension ref="A1:E143"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46027</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46027</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46022</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46027</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46034</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46028</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="E18" s="0" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E19" s="0" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="E20" s="0" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="E21" s="0" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="E22" s="0" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="E23" s="0" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2">
-        <x:v>46035</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2">
-        <x:v>46036</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>46029</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>46029</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>46029</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2">
-        <x:v>46036</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>46030</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
-        <x:v>46037</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>46030</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2">
-        <x:v>46037</x:v>
+        <x:v>46067</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>46029</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
         <x:v>132</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2">
-        <x:v>46037</x:v>
+        <x:v>46068</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>46030</x:v>
+        <x:v>46061</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2">
-        <x:v>46037</x:v>
+        <x:v>46068</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>46028</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>46030</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>46030</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>46030</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>46030</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>46030</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>46030</x:v>
+        <x:v>46061</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2">
-        <x:v>46037</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>46031</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>46027</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>46031</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>46028</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>46030</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>46031</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>46030</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>46031</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
-        <x:v>46038</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
-        <x:v>46040</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46032</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
-        <x:v>46040</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>46033</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
-        <x:v>46040</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>46030</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
-        <x:v>46040</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>46032</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>46033</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>46033</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D78" s="0" t="s">
+      <x:c r="E78" s="0" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>46027</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D79" s="0" t="s">
+      <x:c r="E79" s="0" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>46034</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D80" s="0" t="s">
+      <x:c r="E80" s="0" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>46029</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D81" s="0" t="s">
+      <x:c r="E81" s="0" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>46031</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D82" s="0" t="s">
+      <x:c r="E82" s="0" t="s">
         <x:v>240</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>46034</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D83" s="0" t="s">
+      <x:c r="E83" s="0" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>46031</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D84" s="0" t="s">
+      <x:c r="E84" s="0" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>46029</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D85" s="0" t="s">
+      <x:c r="E85" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>46031</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D86" s="0" t="s">
+      <x:c r="E86" s="0" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
-        <x:v>46041</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>46034</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="D87" s="0" t="s">
+      <x:c r="E87" s="0" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2">
-        <x:v>46041</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>46031</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
-        <x:v>46041</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>46034</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
-        <x:v>46042</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46030</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B91" s="2">
-        <x:v>46030</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="D91" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E91" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B92" s="2">
-        <x:v>46028</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="D92" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="E92" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B93" s="2">
-        <x:v>46030</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D93" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E93" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B94" s="2">
-        <x:v>46033</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D94" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E94" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B95" s="2">
-        <x:v>46031</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="D95" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="E95" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2">
-        <x:v>46043</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B96" s="2">
-        <x:v>46033</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D96" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E96" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="2">
-        <x:v>46044</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B97" s="2">
-        <x:v>46029</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="D97" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="E97" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="2">
-        <x:v>46049</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B98" s="2">
-        <x:v>46030</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D98" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E98" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="2">
-        <x:v>46172</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B99" s="2">
-        <x:v>45783</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D99" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E99" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="2">
-        <x:v>46317</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B100" s="2">
-        <x:v>45671</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="D100" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E100" s="0" t="s">
         <x:v>292</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B101" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B102" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B103" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B104" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B105" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B106" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B107" s="2">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B108" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B109" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:5">
+      <x:c r="A110" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B110" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:5">
+      <x:c r="A111" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B111" s="2">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E111" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:5">
+      <x:c r="A112" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B112" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E112" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:5">
+      <x:c r="A113" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B113" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E113" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:5">
+      <x:c r="A114" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B114" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="E114" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:5">
+      <x:c r="A115" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B115" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="E115" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:5">
+      <x:c r="A116" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B116" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="E116" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:5">
+      <x:c r="A117" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B117" s="2">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:5">
+      <x:c r="A118" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B118" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="E118" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:5">
+      <x:c r="A119" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B119" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E119" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:5">
+      <x:c r="A120" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B120" s="2">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="E120" s="0" t="s">
+        <x:v>352</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:5">
+      <x:c r="A121" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B121" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E121" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:5">
+      <x:c r="A122" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B122" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E122" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:5">
+      <x:c r="A123" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B123" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C123" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="E123" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:5">
+      <x:c r="A124" s="2">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B124" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:5">
+      <x:c r="A125" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B125" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:5">
+      <x:c r="A126" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B126" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E126" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:5">
+      <x:c r="A127" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B127" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E127" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:5">
+      <x:c r="A128" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B128" s="2">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E128" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:5">
+      <x:c r="A129" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B129" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="D129" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="E129" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:5">
+      <x:c r="A130" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B130" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="E130" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:5">
+      <x:c r="A131" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B131" s="2">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="D131" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="E131" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:5">
+      <x:c r="A132" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B132" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D132" s="0" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E132" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:5">
+      <x:c r="A133" s="2">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B133" s="2">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E133" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:5">
+      <x:c r="A134" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B134" s="2">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E134" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:5">
+      <x:c r="A135" s="2">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B135" s="2">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E135" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:5">
+      <x:c r="A136" s="2">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B136" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E136" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:5">
+      <x:c r="A137" s="2">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B137" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E137" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:5">
+      <x:c r="A138" s="2">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B138" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="D138" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="E138" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:5">
+      <x:c r="A139" s="2">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B139" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D139" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E139" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:5">
+      <x:c r="A140" s="2">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B140" s="2">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="E140" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:5">
+      <x:c r="A141" s="2">
+        <x:v>46172</x:v>
+      </x:c>
+      <x:c r="B141" s="2">
+        <x:v>45783</x:v>
+      </x:c>
+      <x:c r="C141" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="D141" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E141" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:5">
+      <x:c r="A142" s="2">
+        <x:v>46173</x:v>
+      </x:c>
+      <x:c r="B142" s="2">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D142" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E142" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:5">
+      <x:c r="A143" s="2">
+        <x:v>46317</x:v>
+      </x:c>
+      <x:c r="B143" s="2">
+        <x:v>45671</x:v>
+      </x:c>
+      <x:c r="C143" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="D143" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="E143" s="0" t="s">
+        <x:v>412</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>