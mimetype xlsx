--- v3 (2026-02-12)
+++ v4 (2026-03-06)
@@ -1,1465 +1,925 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4128d87b1d3449ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f78a2f26f94f4d69a9232f91ccbd2388.psmdcp" Id="Rd153a198b5d84186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca01227e6454b49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1342742d9ba843febc1c16463f30b859.psmdcp" Id="R2a88d9090a1244c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Обяви и оферти" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="413">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="258">
   <x:si>
     <x:t>Крайна дата за подаване на оферти</x:t>
   </x:si>
   <x:si>
     <x:t>Дата на обявление</x:t>
   </x:si>
   <x:si>
     <x:t>Предмет на предвидената процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на договор за БФП</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на оборудване в 2 обособени позиции:
-[...60 lines deleted...]
-Обособена позиция 5 "Доставка на Професионални тави за закуски и сладкарски изделия 75 бр и Колички за тави-5 бр "
+    <x:t xml:space="preserve">Доставка и въвеждане в експлоатация на ДМА:
+ОП 1 - 1 бр. Фасадно рамково скеле;
+ОП 2 - 1 бр. Кофражна система от олекотен тип
 </x:t>
   </x:si>
   <x:si>
-    <x:t>БОГО-ИНВЕСТ ЕООД</x:t>
-[...50 lines deleted...]
-    <x:t xml:space="preserve">Изработка и доставка на рекламни материали за нуждите на проекта „Насърчаване на дигитализацията в Югозападна България (InnovationAmp) -  Сдружение Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект - бенефициент
+    <x:t>СЕПАЛ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2291-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на екипировка за металообработващо предприятие, с 2 обособени позиции, включваща: Въртяща маса  със сервомотор, осигуряваща четвърта ос на три-осен вертикален обработващ център и Радиални и аксиални държачи за CNC стругов център.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>КИРОВЦИ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2410-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">“Доставка и монтаж на 2 броя оборудвани фургони за хранене, преобличане, краткотраен отдих и санитарно – хигиенно помещение за нуждите на работниците от строителния отдел на „СОЛАК М.С.ООД““ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>"СОЛАК М.С."ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0527-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на предвидената процедура е възлагане на услуги за внедряване на интегрирани софтуерни решения в областта на информационните и комуникационни технологии, насочени към дигитализация и оптимизация на управленските и бизнес процесите на предприятието. В рамките на процедурата се предвижда
+Внедряване на ИКТ решения
+внедряване на система за управление на ресурсите (ERP),
+система за управление на взаимоотношенията с клиенти (CRM),
+система за бизнес анализи (Business Intelligence),
+както и система за управление на съхранението и споделянето на информация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МИКРОСИС КО ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1365-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на активи по проект</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФЕЙТ М ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2309-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за автосервиз</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МАСТЕР-Р ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2306-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Избор на изпълнител/и за осигуряване на социални придобивки, вкл. оборудване на места за отдих, рехабилитация, хранене и почивка </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОЕКТ БГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0132-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Въвеждане на съвременни информационни и комуникационни технологии (ИКТ): CRM система и Система/платформа за вътрешнофирмени обучения на служители от разстояние в електронна среда</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Би 2 Уай ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0053-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на фитнес оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ОЛД КОНСУЛТИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0180-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Организиране и провеждане на специфично обучение, свързано с работното място</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕАЛМЕТ МСС ИНОВЕЙШЪН ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0092-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и въвеждане в експлоатация на оборудване за обслужване на автотранспортна техника за нуждите на "ТК Бус Перник" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТК БУС ПЕРНИК ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2087-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на активи: - професионална пералня - 1 бр.; - професионална сушилня - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>РЕМА 1 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2357-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на ДМА - Мотокар с газов двигател
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Европейски цифров иновационен хъб за големи данни, високоскоростни изчисления и изкуствен интелект Сдружение</x:t>
-[...37 lines deleted...]
- 7. Работна станция за автомонтьор с 7 чекмеджета- 3 броя
+    <x:t>ЧОЧОВЕН ЛАЙНС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1922-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на Мотокар (Газокар)– 1бр </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕНАЛИ - ИН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0652-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Би 2 Уай Криейтив ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0058-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на 1 бр. колесен товарач за нуждите на "Стидов 99" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТИДОВ 99 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0571-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на СИСТЕМА ВЕРТИКАЛЕН КОФРАЖ ЗА СТЕНИ - 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ВиВ строй груп ООД
 </x:t>
   </x:si>
   <x:si>
-    <x:t>МАСТЕР-Р ООД</x:t>
-[...27 lines deleted...]
-ОП2 - 3 Д Параметрична КАД Система за интериорен и мебелен дизайн, Стандартна база данни - 3 лиценза, Допълнителен органайзер за експортиране на списъци - 2 лиценза, КАД КАМ Система за професионално конструиране на мебели - 1 лиценз, органайзер модул за извеждане на справки и производствена информация - 1 лиценз, Система за проектиране на мебели на AutoDesk технология 1 лиценз, Система за Пренос на информация - 1 брой, Система за пренос на информация от ПЛАН към КАД - 2 лиценза, Пост процесор за ЦПУ център – 1 машина
+    <x:t>BG16FFPR003-4.004-0103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на Роботизирана линия за катоднo електрофорезно боядисване (KTL)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>МОНИ - 83 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.008-0166</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Предмет на предвидената процедура е възлагане на услуги за разработка и въвеждане на интегрирани софтуерни решения в областта на информационните и комуникационни технологии, насочени към дигитализация за повишаване на конкурентоспособността, оперативната ефективност и пазарното присъствие на предприятието. В рамките на процедурата се предвижда:
+1. Разработка и въвеждане на CRM система (Customer Relationship Management),
+2. Разработка и въвеждане на система (Enterprise Resource Planning),
+3. Разработка и въвеждане на онлайн магазин.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЕТ ПТБ-ДАНИЕЛА ДЕНЕВА</x:t>
-[...53 lines deleted...]
-    <x:t xml:space="preserve">" Доставка на ДМА за подобряване на производствения капацитет на семейното предприятие ЕТ "„ Мота 6 Лаборатори – Стоянка Роганска“  за производство на козметични продукти" по 4 обособени позиции:
+    <x:t>Валдекс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1729-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„ДОСТАВКА И ВЪВЕЖДАНЕ В ЕКСПЛОАТАЦИЯ НА ДНА ЗА ОБОРУДВАНЕ НА АРХИТЕКТУРЕН ОФИС - СОФТУЕР ЗА КРЕАТИВНИ ПРИЛОЖЕНИЯ И ОБЛАЧНО СЪХРАНЕНИЕ ( 1 БР.)“ </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДЕКОР ДИЗАЙН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0693-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване и техника</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИЛДАХ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0787-C03</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Разработване и внедряване на иновативна уеб-базирана информационна система </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АУТОПЛЮС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0700-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Изграждане на система за автоматизация и контрол"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЗОРА-М.М.С. ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0087-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ПРОИЗВОДСТВЕНА ЛИНИЯ ЗА ПЪЛНЕНЕ НА ПЕНЛИВИ ТЕЧНОСТИ (200 ML - 1000 ML)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АгроБиоВет ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1766-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Прочистване и маркиране на съществуваща екопътека и изграждане на архитектурни елементи в обхвата ѝ“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СНЦ "ЗНАМ И МОГА ПОВЕЧЕ "</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16FFPR003-2.006-0068-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване и доставка на оборудване  и софтуер за учебните процеси</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Първо частно средно училище "Леонардо да Винчи" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2825-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж и пускане в експлоатация на: Обособена позиция 1 Телекомуникационно оборудване: Управляем суйч (главен мрежов комутатор) – 2 бр; Централно телекомуникационно оборудване за Гигабитова пасивна оптична мрежа (GPON) мрежа – 2 бр; Обособена позиция 2 Монофазен инверторен генератор – 1 бр; Обособена позиция 3 Устройство за заваряване на оптични влакна – 1 бр; Обособена позиция 4 Уред за измерване на оптично трасе – 1 бр; Обособена позиция 5 Точка за пренос – 2 бр; Обособена позиция 6 Комплект ударно-пробивни акумулаторни инструменти – 2 бр; Обособена позиция 7 Професионална стълба - 2 бр.(Прекратена)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИН БГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2250-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ПРОИЗВОДСТВЕНА ЛИНИЯ ЗА ПЪЛНЕНЕ НА ПЕНЛИВИ ТЕЧНОСТИ (5L - 20L)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„ДОСТАВКА НА ИЗДЕЛИЯ ПО ДВЕ ОБОСОБЕНИ ПОЗИЦИИ ВЪВ ВРЪЗКА С ИЗПЪЛНЕНИЕ НА ДОГОВОР BG05SFPR002-1.004-0752-С01 ЗА ПРЕДОСТАВЯНЕ НА БЕЗВЪЗМЕЗДНА ФИНАНСОВА ПОМОЩ ПО ПРОГРАМА „РАЗВИТИЕ НА ЧОВЕШКИТЕ РЕСУРСИ“ 2021-2027 ПО ПРОЦЕДУРА  BG05SFPR002-1.004 „АДАПТИРАНА РАБОТНА СРЕДА“:
+Обособена позиция 1. - Доставка на бактерицидна лампа (10 бр.);
+Обособена позиция 2 - Доставка на сензорни диспенсери за дезинфектант и сапун (120 бр.).“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>УНИВЕРСИТЕТСКА  СПЕЦИАЛИЗИРАНА БОЛНИЦА ЗА АКТИВНО ЛЕЧЕНИЕ ПО АКУШЕРСТВО И ГИНЕКОЛОГИЯ СЕЛЕНА ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0752-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СНЦ „ЗНАМ И МОГА ПОВЕЧЕ“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Процедура за избор на обучител/и за провеждане на специфично
+обучение, свързано с работното място, с пет обособени позиции включащо:
+1.ОП1: Киберсигурност и защита на информационните активи
+2. ОП2: Приложение на Изкуствения интелект в дейността на Зара Консулт
+3.ОП3: Обучение по създаване на финансови анализи за целите на управлението и
+мениджмънта и стратегичексо планиране
+4. ОП4: ЕС и БГ законодателство и ПРИЛАГАНЕ за защита на лицата, подаващи сигнали или
+публично оповестяващи информация за нарушения, въвеждащ изискванията на Директива (ЕС)
+2019/1937 относно защитата на лицата, които подават сигнали за нарушения на правото на
+ЕС
+5.ОП5: Надграждащо обучение по разкриване на съмнителни финансови опера</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Зара Консулт ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.019-0071-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на водолазно оборудване за „Ъндъруотър Технишънс Груп“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЪНДЪРУОТЪР ТЕХНИШЪНС ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2708-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Осигуряване на социални придобивки за работещите: Доставка на оборудване за съблекалня към фитнес“, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРЕСКОВ АД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0227-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Устойчиво енергийно обновяване на сгради в сферата на търговията и услугите</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АХАТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0290-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Дoставка на машина с 4 + 1 оси за разкрой на мрамор, гранит</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРИСТА СТОУН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1626-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване и въвеждане в експлоатация (доставка, монтаж, инсталиране, изпитване и въвеждане в експлоатация) на:
+1. Цветен цифров производствен принтер – 1 брой;
+2. Цифрова машина за щанцоване и биговане – 1 брой;
+3. Прав високоскоростен книговезки нож – 1 брой;
+4. Хидравлична машина за топъл печат - 1 брой.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЛАКОМ БГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1558-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Извършване на СМР, включващи подмяна на дограма, поставяне на секционни врати, боядисване на стени </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЕОПС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-2179-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на оборудване за нуждите на Аутоплюс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка  и монтаж на климатична инсталация сплит система – стенен и колонен тип </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Изграждане на фотоволтаична инсталация за собствено потребление с капацитет 61,95 kWp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>М И М АГЕНЦИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0049-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на дълготрайни материални активи със следните обособени позиции: 
+ОП3-ЕКГ 6- канален апарат
+ОП4-ЕКГ 3-канален апарат</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ДОКТОР РОСИЦА ЧАНКОВА КУЗЕВА АМБУЛАТОРИЯ ЗА ПЪРВИЧНА МЕДИЦИНСКА ПОМОЩ ИНДИВИДУАЛНА ПРАКТИКА" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0513-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на ново специализирано компютърно оборудване, машини, съоръжения:
+3 бр. лаптоп с включен програмен продукт Microsoft Office и антивирусна програма
+интерактивен дисплей
+Широкоформатна цветна копирна система
+сгъваща машина за хартия
+стойка за интерактивен дисплей
+адаптер за пренос на данни с USB - type A за интерактивен дисплей
+адаптер за пренос на данни с USB - type C за интерактивен дисплей
+6 бр. монитори
+2 бр. докинг станция лаптоп</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ГЕНИК АРХИТЕКТС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1520-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на производствено оборудване и кухненски инвентар</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СИМВОЛ 2006 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0386-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и въвеждане в експлоатация на Сет за циркониеви коронки - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Амбулатория за групова практика за първична дентална помощ - Превадент ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1606-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на робот за почистване на фотоволтаични панели - 2 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>АСЕНКО - 04 ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.003-0650-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка, монтаж и въвеждане в експлоатация на интерактивна дъска дисплей, съвместими с нея компютърна система за интерактивната дъска и безжичен донгъл за споделяне на екран и конзола за видеоконферетна връзка за „ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ” Сдружение”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЮГОИЗТОЧЕН ДИГИТАЛЕН ИНОВАЦИОНЕН ХЪБ Сдружение</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR002-1.002-0004-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на компютърна техника и периферия:
+Обособена позиция1:
+-Преносим компютър – 1 брой
+-Преносим компютър – 1 брой
+-Дисплей- 1 брой 
+-Матиленоструен принтер- 1 брой
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ЕТ МОТА 6 ЛАБОРАТОРИ - СТОЯНКА РОГАНСКА</x:t>
-[...673 lines deleted...]
-    <x:t>BG16RFPR001-1.008-0166</x:t>
+    <x:t>НЮ ПОЙНТ КОНСУЛТИНГ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1492-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на социални придобивки чрез закупуване на обзавеждане и оборудване: Контейнер със санитарен възел – 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>" ТЕХНОТЕРМ 1 " ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0443-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Закупуване, доставка и монтаж на оборудване и обзавеждане със следните обособени позиции: 
+ОП1 Доставка и монтаж на офис мебели, </x:t>
+  </x:si>
+  <x:si>
+    <x:t>"АЙ - ДИ ИНВЕСТ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0370-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изграждане и въвеждане на дигитални решения във връзка с изпълнение на Договор № BG16RFPR001-1.012-0025-C01/22.01.2026 г. с бенефициент „ТРАНС ЕЛЕКТРОНИКС” ООД, финансиран по процедура BG16RFPR001-1.012 „Дигитализация на предприятията“, Програма „Конкурентоспособност и иновации в предприятията“ 2021–2027 г.“ по две обособени позиции: 
+-	Обособена позиция № 1: Въвеждане на модул/система за управление на складовото стопанство (WMS)
+-	Обособена позиция № 2: Въвеждане на модул/система за управление на продажбите на дребно (Point-of-Sale система).</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРАНС ЕЛЕКТРОНИКС ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0025-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на високотехнологично оборудване за автосервизна дейност с обособени позиции:
 1.Решение за калибриране на асистиращи системи при шофиране
 2.Доставка на климатични станции
 3.Доставка на подемно оборудване
-4.Доставка на инструменти и помощно оборудване
+4.Доставка на инструменти и помощно оборудване 
 5.Доставка на пневматично оборудване
 6.Компютърен 3D стенд за регулиране геометрията</x:t>
   </x:si>
   <x:si>
     <x:t>ЕТ Д.В.М - ДИЯН ГЕОРГИЕВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-0411-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Изработка и тестване на прототип на инсталация за производство на газообразен азот с висока чистота (99,999% или по-висока), чрез използване на доочистка с газообразен водород</x:t>
-[...14 lines deleted...]
-    <x:t>BG16RFPR001-1.004-0241-C01</x:t>
+    <x:t>Доставка на 3D принтери:
+Обособена позиция1: 
+-Широкоформатен SLA 3D принтер - 1 бр. 
+-3D принтер -вариант 1- 1 брой
+-3D принтер -вариант 2- 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на професионално оборудване, необходимо за семейното предприятие "Вила Рай" ЕООД“ по 3 обособени позиции:
+Обособена позиция №1 "Доставка на професионално кухненско оборудване - парен конвектомат, система за готвене под налягане и прилежащи стойки и аксесоари";
+Обособена позиция №2  "Доставка на шоков охладител/замразител";
+Обособена позиция №3 "Доставка на миялна машина".</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВИЛА РАЙ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2477-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на професионално оборудване </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ФЕРИЯ 2000 ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2034-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ДМА за подобряване на производствения капацитет: Презентационна техника - ДМА 3 броя, включващо:
+Обособена позиция 1: Проектор -1 брой
+Обособена позиция 2 : Проектор - 1 брой
+Обособена позиция 3: Телевизор- 1 брой</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТаймСкейп Плюс ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1550-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на оборудване”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Искрецка Пъстърва ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG14MFPR001-2.002-0022</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка и монтаж на оборудване за стаи и ресторант със следните обособени позиции: ОП1-Доставка на обзавеждане за стаи ОП2Доставка на мебелно обзавеждане за ресторант ОП3-Доставка на тапицирани спални </x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ПЕТИНА 77" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0482-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на социални придобивки за работещите, вкл. ремонт и оборудване на места за отдих, рехабилитация, спорт, хранене и почивка в предприятията и др.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕИВ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0718-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Описание на предмета на процедурата:
+Избор на изпълнител за изграждане и внедряване на интегрирани софтуерни решения в областта на информационните и комуникационни технологии за дигитализация на предприятието ЕВРОКОМПАС ЕООД, съдържаща следните взаимосвързани и интегрирани в единна и цялостна система модули:
+- "СЪЗДАВАНЕ НА ОНЛАЙН МАГАЗИН" с минимален обхват/функционалности, посочени в приложената документация;
+- "ВЪВЕЖДАНЕ НА СИСТЕМА ЗА УПРАВЛЕНИЕ НА РЕСУРСИТЕ (ERP система)" с минимален обхват/функционалности, посочени в приложената документация;
+- "ВЪВЕЖДАНЕ СИСТЕМА ЗА УПРАВЛЕНИЕ НА ВЗАИМООТНОШЕНИЯТА С КЛИЕНТИТЕ (CRM система)" с минимален обхват/функционалности, посочени в приложената документация;
+- "ВЪВЕЖДАНЕ СИСТЕМА ЗА БИЗНЕС АНАЛИЗИ (Business Intelligence система)" с минимален обхват/функционалности, посочени в приложената документация;
+-"ИЗГРАЖДАНЕ НА СИСТЕМА ЗА АРХИВИРАНЕ НА ИНФОРМАЦИЯТА" с минимален обхват/функционалности, посочени в приложената документация;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕВРОКОМПАС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1462-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на нови дигитални решения с цел повишаване нивото на дигитализация в ДУЛОТЕК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДУЛОТЕК ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0042-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Доставка на Телескопичен товарач 1 бр. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Финтрейд Инженеринг ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1687-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОСТАВКА НА ДМА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВАКОМ АДВЪРТАЙЗИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2647-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Предмет на предвидената процедура е възлагане на услуги за внедряване на интегрирани софтуерни решения в областта на информационните и комуникационни технологии, насочени към дигитализация и оптимизация на управленските и бизнес процесите на предприятието. В рамките на процедурата се предвижда Внедряване на ИКТ решения внедряване на система за управление на ресурсите (ERP), система за управление на взаимоотношенията с клиенти (CRM), система за бизнес анализи (Business Intelligence), както и система за управление на съхранението и споделянето на информация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ПРОФЕШЪНЪЛ БРАНДС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0101-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка на стоматологично оборудване по три обособени позиции:
+ОП 1 - Доставка на стоматологичен юнит – 1 брой
+ОП 2 - Доставка на интраорален скенер – 1 брой
+ОП 3 – Доставка на аспирационна система с амалгам сепаратор – 1 брой“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"Амбулатория за индивидуална практика за първична медицинска помощ по дентална медицина - АИППМПДМ - Д-р Артам Адемов" ЕООД  гр. Исперих</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1113-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Закупуване на машини за огъване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ТРОЯ БИЛД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0288-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Доставка и въвеждане в експлоатация на ДМА: Обособена позиция № 1 - 1 бр. фотоапарат с телеобектив и 1 бр. фотоапарат с широкоъгълен обектив и Обособена позиция № 2: 1 бр. комплект осветление и фото аксесоари, 1 бр. аудио комплект, 1 бр. преносима монтажна станция и 1 бр. настолна монтажна станция“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ВЕФФ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2729-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на автоматична миеща машина за детайли.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на обучителен симулатор за професионално шофиране – 2 броя</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БОНИ РИЕ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2625-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Извършване на научни изследвания за определяне на оптимални режими на рязане  </x:t>
+  </x:si>
+  <x:si>
+    <x:t>АДТЕХ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.001-0277-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на кухненско оборудване</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СТАНГЕН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1312-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Изпълнение на строително ремонтни дейности, с цел въвеждане на енергоспестяващи мерки в сградата на ЕТ "Галия - Галина Георгиева" в няколко обособени позиции:
+Обособена позиция 1 (ОП1) Система за отопление
+Обособена позиция 2 (ОП2) Изграждане на фотоволтаична централа за собствени нужди”</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕТ ГАЛИЯ - ГАЛИНА ГЕОРГИЕВА</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG-RRP-4.021-0338-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка, монтаж, пускане в експлоатация на оборудване за печат, с 2 обособени позиции</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БЛУРЕД ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0429-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на средства за колективна защита, свързани с подобряване условията на труд - 5 броя мобилни аспирационни системи 
+(Съгласно Приложение „Техническа спецификация“)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>СКАЙ МОНТ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-0628-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и инсталация на високотехнологично оборудване и инструменти за автосервиз със следните обособени позиции:
+1.Доставка на металообработващи машини – струговане
+2.Доставка на заваръчна техника
+3.Доставка на компресорно оборудване
+4.Доставка на почистващо оборудване
+5.Доставка на работни инструменти и оборудване
+6.Доставка на повдигаща техника
+7.Доставка на подемници
+8.Доставка на инструментален шкаф с работна маса</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Топ Маркес Инженеринг ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1694-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Технологично оборудване и софтуер по BG16RFPR001-1.004-1537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЛЕСС ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1537-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на специализирано обзавеждане и оборудване за нуждите на Краштим ЕООД в 4 обособени позиции:
 ОП 1 Доставка на Хладилно оборудване 
 ОП 2  Доставка на Готварско оборудване
 ОП 3 Доставка на Помощно кухненско оборудване
 ОП 4 Доставка на обзавеждане за ресторант</x:t>
   </x:si>
   <x:si>
     <x:t>КРАШТИМ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFPR001-1.004-1958-C01</x:t>
   </x:si>
   <x:si>
-    <x:t>Доставка на машина за опаковане със стреч фолио</x:t>
-[...337 lines deleted...]
-5. Климатик (5 вид)- 2 броя.
+    <x:t>Доставка и внедряване на интегрирана информационна система за управление на дейността на „ШИПВАМ“ ООД, включваща четири функционално свързани модула: Система за управление на ресурсите - ERP, Система за управление на взаимоотношенията с клиенти - CRM, Система за управление на продажбите на дребно - POS и Система за управление на съхранението и споделянето на информация.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"ШИПВАМ" ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-1165-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Избор на изпълнител за доставка на машина CNC /Нестинг рутер/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ДОРОНОВ И СИН ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-2582-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на Компютърни системи във връзка с изпълнение на договор № BG16RFPR001-1.004-1744-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Монблан Дизайн ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1744-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на сигурност в двете сигурни зони за непридружени деца в РПЦ София - МОМ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Държавна агенция за бежанците при Министерския съвет (ДАБ при МС)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65AMPR001-1.003-0002-C02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка и монтаж на: - Мултифункционален готварски уред с окомплектовка- 1 бр; - Парен конвектомат със стойка - 2бр - Съдомиялна машина - 1бр; - Хладилен шкаф тип 1 - 5бр; - Хладилен шкаф тип 2 - 2бр.; -Шоков охладител/замразител - 1бр</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ХОТЕЛ ЗАРЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-0365-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Внедряване на нови дигитални решения с цел повишаване нивото на дигитализация в ЕКО-КОНСУЛТ-ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕКО-КОНСУЛТ-ИНЖЕНЕРИНГ ООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.012-0035-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка на ЛПС и специално работно облекло в „М-Стронг“ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>"М - СТРОНГ" ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG05SFPR002-1.004-1596-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Доставка,монтаж и въвеждане в експлоатация на ново технологично оборудване за дейността на тенекеджийските, бояджийски и ремонтни услуги.
+Обособена позиция 1 - Камера за боядисване L6.90xH2.65xW3.9 с с 2х7.5 kW мотори, турбо вентилатор, с газова горелка  1 бр.
+Обособена позиция 2 - Тестер за проверка на амортисьори на ос до 2.5т- 1 бр. 
+Обособена позиция 3 - Ножичен подемник за вграден монтаж с кит за нулево ниво- 1 бр.
+Обособена позиция 4 - Двуколонен подемник 4т. с горна синхронизация XL- 1 бр. 
+Обособена позиция 5 - Въздушен винтов компресор, фреонов изсушител и вертикален ресивер модел: – 1000 л – 1 бр.
+Обособена позиция 6 - Тестер за тестване на хлабини в окачването- 1 бр.
+Обособена позиция 7 - Ексцентър шлайф машина уред за шлайфане с ексцентрик с възможност за присъединяване към прахоизсмукване- 1 бр. 
+Обособена позиция 8 - Индукционен нагревател- 1 бр. 
+Обособена позиция 9 - Мултипроцесна машина за МИГ/МАГ, РЕД-заваряване и ВИГ заваряване - 1 бр.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>БИО ГОРИВА-БЪЛГАРИЯ ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1535-C01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„Инженеринг за доставка, инсталация и присъединяване на 2 броя бързозарядни станции при ПЗ „Север“, гр.Бургас, захранени от п/ст 110/20 kV „Бургас Индустрия“ и 2 броя бързозарядни станции при кв.Акациите, гр.Бургас, захранени от п/ст 110/20 kV „Рибари“</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ЕСО Чардж ЕАД</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">„Покупка и доставка на оборудване за строителна дейност“
+Обособена позиция 1 Перфоратор 
+Обособена позиция 2 Перфоратор 
+Обособена позиция 3 Къртач
+Обособена позиция 4 Къртач
+Обособена позиция 5 Къртач
+Обособена позиция 6 Диамантно пробивна машина
+Обособена позиция 7 Прахосмукачка
+Обособена позиция 8 Стойка за бормашина
+Обособена позиция 9 Диамантно пробивна машина
+Обособена позиция 10 Стойка за бормашина
+Обособена позиция 11 Фреза за канали
+Обособена позиция 12 Ротационен лазер
+Обособена позиция 13 Техника за вибриране на бетон
+Обособена позиция 14 Влагоуловител
+Обособена позиция 15 Уплътняваща техника виброплоча
+Обособена позиция 16 Уплътняваща техника трамбовка
+Обособена позиция 17 Настолна машина за рязане на тухли
+Обособена позиция 18 Фасадно скеле
+Обособена позиция 19 Кофраж за стени и колони 
+Обособена позиция 20 Хаспел за керемиди
+Обособена позиция 21 Оптичен нивелир 
 </x:t>
   </x:si>
   <x:si>
-    <x:t>ПРОТЕЙ - М ЕООД</x:t>
-[...72 lines deleted...]
-    <x:t>BG65AMPR001-2.001-0005-C02</x:t>
+    <x:t>СТРОЙ М ГРУП ЕООД</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG16RFPR001-1.004-1781-C01</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка, монтаж и инсталация на технологично оборудване за нуждите на ОбУ "Йордан Йовков"</x:t>
   </x:si>
   <x:si>
     <x:t>ОБЕДИНЕНО УЧИЛИЩЕ "ЙОРДАН ЙОВКОВ" - гр. ПЛОВДИВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-1.015-1113-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ТЕХНОЛОГИИ ЕООД </x:t>
   </x:si>
   <x:si>
     <x:t>Технически Университет - София</x:t>
   </x:si>
   <x:si>
     <x:t>BG-RRP-2.005-0002-C01</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Експерт „Закрила“ </x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение "Каритас София"</x:t>
   </x:si>
@@ -1835,2489 +1295,1584 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E143"/>
+  <x:dimension ref="A1:E90"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="20.710625" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="40.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B2" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D2" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B3" s="2">
-        <x:v>46057</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B4" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B5" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B6" s="2">
-        <x:v>46057</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B7" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B8" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B9" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B10" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B11" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B12" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B13" s="2">
-        <x:v>46043</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B14" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B15" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B16" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="D16" s="0" t="s">
+      <x:c r="E16" s="0" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B17" s="2">
-        <x:v>46045</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B18" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2">
-        <x:v>46065</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B19" s="2">
-        <x:v>46058</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2">
-        <x:v>46065</x:v>
+        <x:v>46089</x:v>
       </x:c>
       <x:c r="B20" s="2">
-        <x:v>46058</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="D20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B21" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B22" s="2">
-        <x:v>46058</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D22" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B23" s="2">
-        <x:v>46058</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B24" s="2">
-        <x:v>46058</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B25" s="2">
-        <x:v>46058</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B26" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B27" s="2">
-        <x:v>46058</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2">
-        <x:v>46066</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B28" s="2">
-        <x:v>46059</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2">
-        <x:v>46066</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B29" s="2">
-        <x:v>46059</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2">
-        <x:v>46066</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B30" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2">
-        <x:v>46066</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B31" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="E31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E31" s="0" t="s"/>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2">
-        <x:v>46066</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="B32" s="2">
-        <x:v>46059</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="D32" s="0" t="s">
+      <x:c r="E32" s="0" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2">
-        <x:v>46066</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="B33" s="2">
-        <x:v>46059</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="D33" s="0" t="s">
+      <x:c r="E33" s="0" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B34" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D34" s="0" t="s">
+      <x:c r="E34" s="0" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B35" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D35" s="0" t="s">
+      <x:c r="E35" s="0" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B36" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D36" s="0" t="s">
+      <x:c r="E36" s="0" t="s">
         <x:v>104</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B37" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D37" s="0" t="s">
+      <x:c r="E37" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B38" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D38" s="0" t="s">
+      <x:c r="E38" s="0" t="s">
         <x:v>110</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B39" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B40" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B41" s="2">
-        <x:v>46057</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B42" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B43" s="2">
-        <x:v>46059</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2">
-        <x:v>46066</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B44" s="2">
-        <x:v>46057</x:v>
+        <x:v>46082</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2">
-        <x:v>46067</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B45" s="2">
-        <x:v>46059</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2">
-        <x:v>46068</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B46" s="2">
-        <x:v>46061</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2">
-        <x:v>46068</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B47" s="2">
-        <x:v>46058</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B48" s="2">
-        <x:v>46062</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B49" s="2">
-        <x:v>46062</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B50" s="2">
-        <x:v>46062</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B51" s="2">
-        <x:v>46058</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B52" s="2">
-        <x:v>46058</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B53" s="2">
-        <x:v>46061</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B54" s="2">
-        <x:v>46059</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B55" s="2">
-        <x:v>46062</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2">
-        <x:v>46069</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B56" s="2">
-        <x:v>46062</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B57" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B58" s="2">
-        <x:v>46058</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B59" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B60" s="2">
-        <x:v>46058</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B61" s="2">
-        <x:v>46058</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B62" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B63" s="2">
-        <x:v>46062</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B64" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B65" s="2">
-        <x:v>46062</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B66" s="2">
-        <x:v>46058</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B67" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B68" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B69" s="2">
-        <x:v>46059</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B70" s="2">
-        <x:v>46058</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C70" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D70" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B71" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2">
-        <x:v>46069</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B72" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B73" s="2">
-        <x:v>46062</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D73" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B74" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B75" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B76" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2">
-        <x:v>46070</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B77" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2">
-        <x:v>46070</x:v>
+        <x:v>46096</x:v>
       </x:c>
       <x:c r="B78" s="2">
-        <x:v>46062</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2">
-        <x:v>46070</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="B79" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2">
-        <x:v>46070</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="B80" s="2">
-        <x:v>46062</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2">
-        <x:v>46070</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="B81" s="2">
-        <x:v>46063</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2">
-        <x:v>46070</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B82" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2">
-        <x:v>46070</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B83" s="2">
-        <x:v>46063</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2">
-        <x:v>46070</x:v>
+        <x:v>46099</x:v>
       </x:c>
       <x:c r="B84" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2">
-        <x:v>46070</x:v>
+        <x:v>46100</x:v>
       </x:c>
       <x:c r="B85" s="2">
-        <x:v>46063</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2">
-        <x:v>46070</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B86" s="2">
-        <x:v>46062</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>251</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="E86" s="0" t="s"/>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2">
-        <x:v>46070</x:v>
+        <x:v>46101</x:v>
       </x:c>
       <x:c r="B87" s="2">
-        <x:v>46062</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2">
-        <x:v>46071</x:v>
+        <x:v>46172</x:v>
       </x:c>
       <x:c r="B88" s="2">
-        <x:v>46064</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2">
-        <x:v>46071</x:v>
+        <x:v>46173</x:v>
       </x:c>
       <x:c r="B89" s="2">
-        <x:v>46064</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2">
-        <x:v>46071</x:v>
+        <x:v>46317</x:v>
       </x:c>
       <x:c r="B90" s="2">
-        <x:v>46063</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D90" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E90" s="0" t="s">
-        <x:v>264</x:v>
-[...114 lines deleted...]
-      <x:c r="D97" s="0" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...783 lines deleted...]
-        <x:v>412</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>